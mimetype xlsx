--- v0 (2025-10-10)
+++ v1 (2026-03-04)
@@ -1,190 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Marketing\Quarterly Materials\Funds\2025 Q3 Materials\3Q 2025 Quarterly Holdings 60 Day Lag\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD73919D-0951-4530-B0C4-15E0C424E443}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{02FB2BCB-9EF6-4FBC-8A26-74EA44D85A50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1335" yWindow="1245" windowWidth="27375" windowHeight="15225" xr2:uid="{90BF171A-5304-4668-9D5D-067F797DFFDC}"/>
+    <workbookView xWindow="28800" yWindow="780" windowWidth="28830" windowHeight="13320" xr2:uid="{90BF171A-5304-4668-9D5D-067F797DFFDC}"/>
   </bookViews>
   <sheets>
     <sheet name="Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Holdings!$A$1:$C$105</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Holdings!$A$1:$C$108</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B102" i="1" l="1"/>
+  <c r="B105" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="209" uniqueCount="131">
   <si>
     <t>Security Name</t>
   </si>
   <si>
-    <t>Ares Management Corporation</t>
-[...1 lines deleted...]
-  <si>
     <t>ASPEED Technology, Inc.</t>
   </si>
   <si>
-    <t>BayCurrent Consulting, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Dermapharm Holding SE</t>
   </si>
   <si>
     <t>Dino Polska SA</t>
   </si>
   <si>
     <t>Halma plc</t>
   </si>
   <si>
     <t>JFrog Ltd.</t>
   </si>
   <si>
     <t>Littelfuse, Inc.</t>
   </si>
   <si>
-    <t>Medpace Holdings, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Melexis NV</t>
   </si>
   <si>
     <t>Monolithic Power Systems, Inc.</t>
   </si>
   <si>
     <t>VAT Group AG</t>
   </si>
   <si>
     <t>Virbac SA</t>
   </si>
   <si>
     <t>Zscaler, Inc.</t>
   </si>
   <si>
     <t>Weight (%)</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>B &amp; M European Value Retail SA</t>
-[...1 lines deleted...]
-  <si>
     <t>Diploma plc</t>
   </si>
   <si>
     <t>JTC plc</t>
   </si>
   <si>
     <t>Silergy Corp</t>
   </si>
   <si>
     <t>Atoss Software AG</t>
   </si>
   <si>
     <t>Recordati SpA</t>
   </si>
   <si>
     <t>ASM International NV</t>
   </si>
   <si>
     <t>LEENO Industrial Inc.</t>
   </si>
   <si>
     <t>AddTech AB</t>
   </si>
   <si>
     <t>Lifco AB</t>
   </si>
   <si>
     <t>Gusto Inc. Preferred Series E</t>
   </si>
   <si>
     <t>Pjt Partners, Inc.</t>
   </si>
   <si>
     <t>Silicon Laboratories, Inc.</t>
   </si>
   <si>
-    <t>TRADEWEB MARKETS INC. CLASS A</t>
-[...1 lines deleted...]
-  <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Britain</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Japan</t>
@@ -258,229 +243,252 @@
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>PB Fintech Ltd</t>
   </si>
   <si>
     <t>BBB Foods Inc</t>
   </si>
   <si>
     <t>Topicus.com, Inc.</t>
   </si>
   <si>
     <t>Core &amp; Main Inc. - Class A</t>
   </si>
   <si>
     <t>Ensign Group, Inc. (The)</t>
   </si>
   <si>
     <t>HealthEquity, Inc.</t>
   </si>
   <si>
     <t>Burlington Stores, Inc.</t>
   </si>
   <si>
-    <t>Yeti Holdings, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Clearwater Analytics Holdings, Inc.</t>
   </si>
   <si>
     <t>Primoris Services Corporation</t>
   </si>
   <si>
     <t>Investors should consider the investment objectives, risks, and charges and expenses of the Fund(s) before investing. The prospectus contains this and other information about the Fund(s) and should be read carefully before investing. To obtain a prospectus, visit www.grandeurpeakglobal.com or call 1.855.377.PEAK(7325).</t>
   </si>
   <si>
     <t>Holdings are released based on a 60-day lag from the most recent quarter end according to the Grandeur Peak Holdings Release Policy. Portfolio holdings are subject to change at any time. References to specific securities should not be construed as recommendations by the Fund or its Advisor. Current and future holdings are subject to risk.</t>
   </si>
   <si>
     <t xml:space="preserve">Cash &amp; Cash Equivalants </t>
   </si>
   <si>
     <t>nVent Electric PLC</t>
   </si>
   <si>
     <t>Schott Pharma AG &amp; Co</t>
   </si>
   <si>
     <t>Cyberark Software LTD.</t>
   </si>
   <si>
-    <t>Grupo Cementos de Chihuahua, S.A.B. de C.V</t>
-[...1 lines deleted...]
-  <si>
     <t>HPSP Co Ltd</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>The Grandeur Peak Global Stalwarts Fund is distributed by Northern Lights Distributors, LLC, Member FINRA/SIPC. Investing involves risk, including loss of principal. The value of the fund's shares, when redeemed, may be worth more or less than their original cost. There is no guarantee that any investment strategy will achieve its objectives, generate profits or avoid losses. Past performance is no guarantee of future results.</t>
   </si>
   <si>
     <t>Pinnacle Investment Management Group</t>
   </si>
   <si>
     <t>Marex Group PLC</t>
   </si>
   <si>
     <t>Jubilant Foodworks Ltd</t>
   </si>
   <si>
     <t>Vimian Group AB</t>
   </si>
   <si>
     <t>Vitec Software Group</t>
   </si>
   <si>
     <t>SPS Commerce, Inc.</t>
   </si>
   <si>
     <t>Perella Weinberg Partners</t>
   </si>
   <si>
-    <t>Trex Company, Inc.</t>
-[...7 lines deleted...]
-  <si>
     <t>Hill &amp; Smith Holdings PLC</t>
   </si>
   <si>
     <t>TerraVest Industries Inc</t>
   </si>
   <si>
     <t>Rainbow Children's Medicare Lt</t>
   </si>
   <si>
     <t>Rakus Co Ltd</t>
   </si>
   <si>
     <t>Maruwa Co Ltd/Aichi</t>
   </si>
   <si>
     <t>Baltic Classifieds Group</t>
   </si>
   <si>
     <t>Redcare Pharmacy N.V.</t>
   </si>
   <si>
     <t>Lagercrantz Group AB</t>
   </si>
   <si>
     <t>Asker Healthcare Group AB</t>
   </si>
   <si>
     <t>Voltronic Power Technology</t>
   </si>
   <si>
     <t>Manhattan Associates, Inc.</t>
   </si>
   <si>
     <t>Ryan Specialty Group Holdings, Inc.</t>
   </si>
   <si>
     <t>Installed Building Products, Inc.</t>
   </si>
   <si>
-    <t>Bruker Corporation</t>
-[...1 lines deleted...]
-  <si>
     <t>Kadant, Inc.</t>
   </si>
   <si>
     <t>Enerpac Tool Group Corporation</t>
   </si>
   <si>
     <t>Bio-Techne Corporation</t>
   </si>
   <si>
-    <t>Dynatrace, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>TWFG Inc</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
+    <t>Azelis Group N.V.</t>
+  </si>
+  <si>
+    <t>Scout24 SE</t>
+  </si>
+  <si>
+    <t>Cartrade Tech Ltd</t>
+  </si>
+  <si>
+    <t>Motherson Sumi Wiring India Lt</t>
+  </si>
+  <si>
+    <t>Vend Marketplaces ASA</t>
+  </si>
+  <si>
+    <t>Park Systems Corp</t>
+  </si>
+  <si>
+    <t>HD Hyundai Marine Solution Co</t>
+  </si>
+  <si>
+    <t>Roko AB</t>
+  </si>
+  <si>
+    <t>Ypsomed Holding AG</t>
+  </si>
+  <si>
+    <t>LeMaitre Vascular, Inc.</t>
+  </si>
+  <si>
+    <t>Accelerant Holdings</t>
+  </si>
+  <si>
+    <t>Technology One Ltd.</t>
+  </si>
+  <si>
+    <t>Games Workshop Group plc</t>
+  </si>
+  <si>
+    <t>Rosebank Industries plc</t>
+  </si>
+  <si>
+    <t>Shawbrook Group plc</t>
+  </si>
+  <si>
+    <t>CSW Industrials, Inc.</t>
+  </si>
+  <si>
+    <t>Diasorin SPA</t>
+  </si>
+  <si>
+    <t>MonotaRO Company Ltd.</t>
+  </si>
+  <si>
+    <t>KANDENKO CO., LTD.</t>
+  </si>
+  <si>
+    <t>Next Generation Technology Group, Inc.</t>
+  </si>
+  <si>
+    <t>Kotobuki Spirits Co Ltd</t>
+  </si>
+  <si>
+    <t>SHIFT Inc</t>
+  </si>
+  <si>
+    <t>Asia Vital Components Company Ltd.</t>
+  </si>
+  <si>
+    <t>Tradeweb Markets, Inc.</t>
+  </si>
+  <si>
+    <t>Netskope, Inc.</t>
+  </si>
+  <si>
+    <t>Modine Manufacturing Company</t>
+  </si>
+  <si>
+    <t>Rubrik Inc.</t>
+  </si>
+  <si>
+    <t>Power Integrations, Inc.</t>
+  </si>
+  <si>
     <t>Grandeur Peak Global Stalwarts Fund
-as of 7/31/25</t>
-[...38 lines deleted...]
-    <t>Accelerant Holdings</t>
+as of 10/31/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aktiv Grotesk Light"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aktiv Grotesk Light"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
@@ -592,101 +600,102 @@
         <color theme="7"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="7"/>
       </top>
       <bottom style="thin">
         <color theme="7"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="3" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="4" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="43" fontId="8" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="5" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma" xfId="5" builtinId="3"/>
     <cellStyle name="Explanatory Text" xfId="4" builtinId="53"/>
     <cellStyle name="Heading 2" xfId="2" builtinId="17"/>
     <cellStyle name="Heading 3" xfId="3" builtinId="18"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{CD08CFBE-4DEE-4D2B-9640-38B9F9C065D3}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
@@ -893,1419 +902,1419 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2D05CDBD-0A70-4530-87CB-35E2C5F2D7E2}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F504"/>
+  <dimension ref="A1:F507"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B102" sqref="B102"/>
+    <sheetView tabSelected="1" topLeftCell="A96" workbookViewId="0">
+      <selection activeCell="B105" sqref="B105"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.21875" style="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.109375" style="12" customWidth="1"/>
     <col min="3" max="3" width="18.44140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="17" style="5" customWidth="1"/>
     <col min="5" max="5" width="40.44140625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="24" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="20"/>
+      <c r="A1" s="21" t="s">
+        <v>130</v>
+      </c>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
       <c r="D1" s="10"/>
     </row>
     <row r="2" spans="1:4" ht="17.25" x14ac:dyDescent="0.3">
-      <c r="A2" s="21"/>
-[...1 lines deleted...]
-      <c r="C2" s="21"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
       <c r="D2" s="10"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" s="6"/>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="19" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" s="20">
+        <v>1.7201066206289048</v>
+      </c>
+      <c r="C4" s="17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D4" s="6"/>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="19" t="s">
+        <v>113</v>
+      </c>
+      <c r="B5" s="20">
+        <v>0.43985880097189645</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D5" s="6"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A6" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="20">
+        <v>1.4204716309045655</v>
+      </c>
+      <c r="C6" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="6"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="B7" s="20">
+        <v>0.54497987029935158</v>
+      </c>
+      <c r="C7" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" s="6"/>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="14" t="s">
+      <c r="B8" s="20">
+        <v>2.813988260807152</v>
+      </c>
+      <c r="C8" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="6"/>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="6"/>
-[...14 lines deleted...]
-      <c r="A5" t="s">
+      <c r="B9" s="20">
+        <v>2.0555446803444291</v>
+      </c>
+      <c r="C9" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" s="6"/>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" s="20">
+        <v>1.6132548011649035</v>
+      </c>
+      <c r="C10" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" s="6"/>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11" s="20">
+        <v>0.92116571590922858</v>
+      </c>
+      <c r="C11" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" s="6"/>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="19" t="s">
         <v>84</v>
       </c>
-      <c r="B5" s="17">
-[...8 lines deleted...]
-      <c r="A6" t="s">
+      <c r="B12" s="20">
+        <v>0.79482916150511818</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" s="6"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="19" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" s="20">
+        <v>0.69639983738405697</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D13" s="6"/>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" s="20">
+        <v>0.61084546266270923</v>
+      </c>
+      <c r="C14" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D14" s="6"/>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="19" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" s="20">
+        <v>0.58942688988323155</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D15" s="6"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B16" s="20">
+        <v>1.0220036489091109</v>
+      </c>
+      <c r="C16" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16" s="6"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="20">
+        <v>0.75023047095267636</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="D17" s="6"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="20">
+        <v>1.8292931749050974</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18" s="6"/>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="B6" s="17">
-[...2 lines deleted...]
-      <c r="C6" s="18" t="s">
+      <c r="B19" s="20">
+        <v>1.5452020901617942</v>
+      </c>
+      <c r="C19" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" s="6"/>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="B20" s="20">
+        <v>0.90185910408398173</v>
+      </c>
+      <c r="C20" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="6"/>
-[...8 lines deleted...]
-      <c r="C7" s="18" t="s">
+      <c r="D20" s="6"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="B21" s="20">
+        <v>0.73581184387420007</v>
+      </c>
+      <c r="C21" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="D7" s="6"/>
-[...2 lines deleted...]
-      <c r="A8" t="s">
+      <c r="D21" s="6"/>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" s="19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" s="20">
+        <v>0.53124128531490877</v>
+      </c>
+      <c r="C22" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" s="6"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" s="20">
+        <v>0.50077046416752447</v>
+      </c>
+      <c r="C23" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" s="6"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="19" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" s="20">
+        <v>1.3345850748085852</v>
+      </c>
+      <c r="C24" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D24" s="6"/>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B25" s="20">
+        <v>0.73920320097295222</v>
+      </c>
+      <c r="C25" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D25" s="6"/>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="B26" s="20">
+        <v>0.70826181953593426</v>
+      </c>
+      <c r="C26" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D26" s="6"/>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" s="19" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" s="20">
+        <v>0.66541965946579806</v>
+      </c>
+      <c r="C27" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D27" s="6"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B28" s="20">
+        <v>0.51462134781025304</v>
+      </c>
+      <c r="C28" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D28" s="6"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="19" t="s">
+        <v>73</v>
+      </c>
+      <c r="B29" s="20">
+        <v>0.83779043421045551</v>
+      </c>
+      <c r="C29" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D29" s="6"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="19" t="s">
+        <v>117</v>
+      </c>
+      <c r="B30" s="20">
+        <v>0.5422487251822361</v>
+      </c>
+      <c r="C30" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D30" s="6"/>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="B8" s="17">
-[...32 lines deleted...]
-      <c r="A11" t="s">
+      <c r="B31" s="20">
+        <v>1.5288378447416064</v>
+      </c>
+      <c r="C31" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="6"/>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B32" s="20">
+        <v>1.2444495122518016</v>
+      </c>
+      <c r="C32" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" s="6"/>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" s="20">
+        <v>0.76261807704566997</v>
+      </c>
+      <c r="C33" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="6"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="B34" s="20">
+        <v>2.6683700951550691</v>
+      </c>
+      <c r="C34" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D34" s="6"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="19" t="s">
+        <v>53</v>
+      </c>
+      <c r="B35" s="20">
+        <v>2.3699712664118642</v>
+      </c>
+      <c r="C35" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D35" s="6"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" s="19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B36" s="20">
+        <v>1.0003395690212242</v>
+      </c>
+      <c r="C36" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D36" s="6"/>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B37" s="20">
+        <v>0.98043269141618383</v>
+      </c>
+      <c r="C37" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D37" s="6"/>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" s="19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B38" s="20">
+        <v>0.85923446343186061</v>
+      </c>
+      <c r="C38" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D38" s="6"/>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="B39" s="20">
+        <v>0.66386098623924583</v>
+      </c>
+      <c r="C39" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D39" s="6"/>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B40" s="20">
+        <v>0.5464086580891705</v>
+      </c>
+      <c r="C40" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D40" s="6"/>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A41" s="19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B41" s="20">
+        <v>0.51319226010947827</v>
+      </c>
+      <c r="C41" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D41" s="6"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" s="19" t="s">
+        <v>122</v>
+      </c>
+      <c r="B42" s="20">
+        <v>0.50795369145182789</v>
+      </c>
+      <c r="C42" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D42" s="6"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B43" s="20">
+        <v>-0.40661485917002427</v>
+      </c>
+      <c r="C43" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D43" s="6"/>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" s="19" t="s">
+        <v>89</v>
+      </c>
+      <c r="B44" s="20">
+        <v>0.76015140540580783</v>
+      </c>
+      <c r="C44" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="D44" s="6"/>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" s="19" t="s">
+        <v>60</v>
+      </c>
+      <c r="B45" s="20">
+        <v>0.85698159231416171</v>
+      </c>
+      <c r="C45" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D45" s="6"/>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="20">
+        <v>0.81087959209760629</v>
+      </c>
+      <c r="C46" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D46" s="6"/>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="B47" s="20">
+        <v>1.5087266917863589</v>
+      </c>
+      <c r="C47" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D47" s="6"/>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="B48" s="20">
+        <v>1.156748998723701</v>
+      </c>
+      <c r="C48" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D48" s="6"/>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A49" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="B11" s="17">
-[...32 lines deleted...]
-      <c r="A14" t="s">
+      <c r="B49" s="20">
+        <v>0.88287147755131257</v>
+      </c>
+      <c r="C49" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D49" s="6"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A50" s="19" t="s">
         <v>54</v>
       </c>
-      <c r="B14" s="17">
-[...20 lines deleted...]
-      <c r="A16" t="s">
+      <c r="B50" s="20">
+        <v>0.67255005443612981</v>
+      </c>
+      <c r="C50" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D50" s="6"/>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A51" s="19" t="s">
+        <v>90</v>
+      </c>
+      <c r="B51" s="20">
+        <v>0.56918107690883457</v>
+      </c>
+      <c r="C51" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D51" s="6"/>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A52" s="19" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" s="20">
+        <v>0.50103428983711318</v>
+      </c>
+      <c r="C52" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D52" s="6"/>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="B53" s="20">
+        <v>0.95743548333693651</v>
+      </c>
+      <c r="C53" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D53" s="6"/>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" s="19" t="s">
+        <v>108</v>
+      </c>
+      <c r="B54" s="20">
+        <v>1.200594792812729</v>
+      </c>
+      <c r="C54" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D54" s="6"/>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A55" s="19" t="s">
+        <v>74</v>
+      </c>
+      <c r="B55" s="20">
+        <v>0.88356055296333424</v>
+      </c>
+      <c r="C55" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D55" s="6"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A56" s="19" t="s">
         <v>21</v>
       </c>
-      <c r="B16" s="17">
-[...20 lines deleted...]
-      <c r="A18" t="s">
+      <c r="B56" s="20">
+        <v>0.60728844674841731</v>
+      </c>
+      <c r="C56" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D56" s="6"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" s="19" t="s">
+        <v>107</v>
+      </c>
+      <c r="B57" s="20">
+        <v>0.39483055395569649</v>
+      </c>
+      <c r="C57" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D57" s="6"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="B18" s="17">
-[...146 lines deleted...]
-      <c r="C30" s="18" t="s">
+      <c r="B58" s="20">
+        <v>1.621257181240974</v>
+      </c>
+      <c r="C58" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="D30" s="6"/>
-[...8 lines deleted...]
-      <c r="C31" s="18" t="s">
+      <c r="D58" s="6"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A59" s="19" t="s">
+        <v>91</v>
+      </c>
+      <c r="B59" s="20">
+        <v>1.4981039177109272</v>
+      </c>
+      <c r="C59" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="D31" s="6"/>
-[...8 lines deleted...]
-      <c r="C32" s="18" t="s">
+      <c r="D59" s="6"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A60" s="19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B60" s="20">
+        <v>0.87727348360780621</v>
+      </c>
+      <c r="C60" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="D32" s="6"/>
-[...8 lines deleted...]
-      <c r="C33" s="18" t="s">
+      <c r="D60" s="6"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A61" s="19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B61" s="20">
+        <v>0.77919737061759731</v>
+      </c>
+      <c r="C61" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="D33" s="6"/>
-[...8 lines deleted...]
-      <c r="C34" s="18" t="s">
+      <c r="D61" s="6"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" s="19" t="s">
+        <v>109</v>
+      </c>
+      <c r="B62" s="20">
+        <v>0.76499060063829072</v>
+      </c>
+      <c r="C62" s="17" t="s">
         <v>40</v>
-      </c>
-[...358 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D62" s="9"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A63" t="s">
-[...6 lines deleted...]
-        <v>47</v>
+      <c r="A63" s="19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B63" s="20">
+        <v>0.75038244183219382</v>
+      </c>
+      <c r="C63" s="17" t="s">
+        <v>40</v>
       </c>
       <c r="D63" s="9"/>
       <c r="E63"/>
       <c r="F63"/>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A64" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A64" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B64" s="20">
+        <v>0.73696220632910248</v>
+      </c>
+      <c r="C64" s="17" t="s">
+        <v>40</v>
       </c>
       <c r="D64" s="9"/>
       <c r="E64"/>
       <c r="F64"/>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A65" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A65" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="B65" s="20">
+        <v>0.73272855530923497</v>
+      </c>
+      <c r="C65" s="17" t="s">
+        <v>41</v>
       </c>
       <c r="D65" s="9"/>
       <c r="E65"/>
       <c r="F65"/>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A66" t="s">
+      <c r="A66" s="19" t="s">
         <v>110</v>
       </c>
-      <c r="B66" s="17">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="B66" s="20">
+        <v>0.6358790661317667</v>
+      </c>
+      <c r="C66" s="17" t="s">
+        <v>41</v>
       </c>
       <c r="D66" s="9"/>
       <c r="E66"/>
       <c r="F66"/>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A67" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A67" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="B67" s="20">
+        <v>1.2788200035786861</v>
+      </c>
+      <c r="C67" s="17" t="s">
+        <v>42</v>
       </c>
       <c r="D67" s="9"/>
       <c r="E67"/>
       <c r="F67"/>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A68" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A68" s="19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B68" s="20">
+        <v>1.2215419655518969</v>
+      </c>
+      <c r="C68" s="17" t="s">
+        <v>42</v>
       </c>
       <c r="D68" s="9"/>
       <c r="E68"/>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A69" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A69" s="19" t="s">
+        <v>93</v>
+      </c>
+      <c r="B69" s="20">
+        <v>0.74648214783790545</v>
+      </c>
+      <c r="C69" s="17" t="s">
+        <v>42</v>
       </c>
       <c r="D69" s="9"/>
       <c r="E69"/>
       <c r="F69"/>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A70" t="s">
+      <c r="A70" s="19" t="s">
         <v>67</v>
       </c>
-      <c r="B70" s="17">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="B70" s="20">
+        <v>3.2910611168457162</v>
+      </c>
+      <c r="C70" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D70" s="9"/>
       <c r="E70"/>
       <c r="F70"/>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A71" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A71" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B71" s="20">
+        <v>2.5439047091970051</v>
+      </c>
+      <c r="C71" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D71" s="9"/>
       <c r="E71"/>
       <c r="F71"/>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A72" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A72" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="B72" s="20">
+        <v>1.693518734629688</v>
+      </c>
+      <c r="C72" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D72" s="9"/>
       <c r="E72"/>
       <c r="F72"/>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A73" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A73" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="B73" s="20">
+        <v>1.6764995076749323</v>
+      </c>
+      <c r="C73" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D73" s="9"/>
       <c r="E73"/>
       <c r="F73"/>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A74" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A74" s="19" t="s">
+        <v>11</v>
+      </c>
+      <c r="B74" s="20">
+        <v>1.6036984744589442</v>
+      </c>
+      <c r="C74" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D74" s="9"/>
       <c r="E74"/>
       <c r="F74"/>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A75" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A75" s="19" t="s">
+        <v>62</v>
+      </c>
+      <c r="B75" s="20">
+        <v>1.4803036626451045</v>
+      </c>
+      <c r="C75" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D75" s="9"/>
       <c r="E75"/>
       <c r="F75"/>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A76" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A76" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B76" s="20">
+        <v>1.3725902349944352</v>
+      </c>
+      <c r="C76" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D76" s="9"/>
       <c r="E76"/>
       <c r="F76"/>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A77" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A77" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="B77" s="20">
+        <v>1.31746660132034</v>
+      </c>
+      <c r="C77" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D77" s="9"/>
       <c r="E77"/>
       <c r="F77"/>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A78" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A78" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="B78" s="20">
+        <v>1.2440495989869136</v>
+      </c>
+      <c r="C78" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D78" s="9"/>
       <c r="E78"/>
       <c r="F78"/>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A79" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A79" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="B79" s="20">
+        <v>1.138774039527912</v>
+      </c>
+      <c r="C79" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D79" s="9"/>
       <c r="E79"/>
       <c r="F79"/>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A80" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A80" s="19" t="s">
+        <v>97</v>
+      </c>
+      <c r="B80" s="20">
+        <v>1.1387264616538855</v>
+      </c>
+      <c r="C80" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D80" s="9"/>
       <c r="E80"/>
       <c r="F80"/>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A81" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A81" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="B81" s="20">
+        <v>0.98710100757871155</v>
+      </c>
+      <c r="C81" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D81" s="9"/>
       <c r="E81"/>
       <c r="F81"/>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A82" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A82" s="19" t="s">
+        <v>95</v>
+      </c>
+      <c r="B82" s="20">
+        <v>0.9865674060061711</v>
+      </c>
+      <c r="C82" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D82" s="9"/>
       <c r="E82"/>
       <c r="F82"/>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A83" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A83" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="B83" s="20">
+        <v>0.98448741555982733</v>
+      </c>
+      <c r="C83" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D83" s="9"/>
       <c r="E83"/>
       <c r="F83"/>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A84" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A84" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="B84" s="20">
+        <v>0.9815433336641014</v>
+      </c>
+      <c r="C84" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D84" s="9"/>
       <c r="E84"/>
       <c r="F84"/>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A85" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A85" s="19" t="s">
+        <v>99</v>
+      </c>
+      <c r="B85" s="20">
+        <v>0.94134895546180952</v>
+      </c>
+      <c r="C85" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D85" s="9"/>
       <c r="E85"/>
       <c r="F85"/>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A86" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A86" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="B86" s="20">
+        <v>0.89211596884188027</v>
+      </c>
+      <c r="C86" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D86" s="9"/>
       <c r="E86"/>
       <c r="F86"/>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A87" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A87" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B87" s="20">
+        <v>0.8798099025395465</v>
+      </c>
+      <c r="C87" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D87" s="9"/>
       <c r="E87"/>
       <c r="F87"/>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A88" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A88" s="19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B88" s="20">
+        <v>0.77841720625008304</v>
+      </c>
+      <c r="C88" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D88" s="9"/>
       <c r="E88"/>
       <c r="F88"/>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A89" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A89" s="19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B89" s="20">
+        <v>0.75858277513552341</v>
+      </c>
+      <c r="C89" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D89" s="9"/>
       <c r="E89"/>
       <c r="F89"/>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A90" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A90" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="B90" s="20">
+        <v>0.72485526890497476</v>
+      </c>
+      <c r="C90" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D90" s="9"/>
       <c r="E90"/>
       <c r="F90"/>
     </row>
     <row r="91" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A91" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A91" s="19" t="s">
+        <v>47</v>
+      </c>
+      <c r="B91" s="20">
+        <v>0.71791890432660055</v>
+      </c>
+      <c r="C91" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D91" s="9"/>
       <c r="E91"/>
       <c r="F91"/>
     </row>
     <row r="92" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A92" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A92" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="B92" s="20">
+        <v>0.69892784681259723</v>
+      </c>
+      <c r="C92" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D92" s="9"/>
       <c r="E92"/>
       <c r="F92"/>
     </row>
     <row r="93" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A93" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A93" s="19" t="s">
+        <v>56</v>
+      </c>
+      <c r="B93" s="20">
+        <v>0.6917410086003859</v>
+      </c>
+      <c r="C93" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D93" s="9"/>
       <c r="E93"/>
       <c r="F93"/>
     </row>
     <row r="94" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A94" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A94" s="19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B94" s="20">
+        <v>0.67375883954521987</v>
+      </c>
+      <c r="C94" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D94" s="9"/>
       <c r="E94"/>
       <c r="F94"/>
     </row>
     <row r="95" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A95" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A95" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B95" s="20">
+        <v>0.66491871219812382</v>
+      </c>
+      <c r="C95" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D95" s="9"/>
       <c r="E95"/>
       <c r="F95"/>
     </row>
     <row r="96" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A96" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A96" s="19" t="s">
+        <v>96</v>
+      </c>
+      <c r="B96" s="20">
+        <v>0.63845658486088852</v>
+      </c>
+      <c r="C96" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D96" s="9"/>
       <c r="E96"/>
       <c r="F96"/>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A97" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A97" s="19" t="s">
+        <v>127</v>
+      </c>
+      <c r="B97" s="20">
+        <v>0.6004662042869402</v>
+      </c>
+      <c r="C97" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D97" s="9"/>
       <c r="E97"/>
       <c r="F97"/>
     </row>
     <row r="98" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A98" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A98" s="19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B98" s="20">
+        <v>0.56805962587007042</v>
+      </c>
+      <c r="C98" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D98" s="9"/>
       <c r="E98"/>
       <c r="F98"/>
     </row>
     <row r="99" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A99" t="s">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="A99" s="19" t="s">
+        <v>100</v>
+      </c>
+      <c r="B99" s="20">
+        <v>0.53797216290281424</v>
+      </c>
+      <c r="C99" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D99" s="9"/>
       <c r="E99"/>
       <c r="F99"/>
     </row>
     <row r="100" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A100" t="s">
-[...6 lines deleted...]
-        <v>49</v>
+      <c r="A100" s="19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B100" s="20">
+        <v>0.53062226910215948</v>
+      </c>
+      <c r="C100" s="17" t="s">
+        <v>43</v>
       </c>
       <c r="D100" s="9"/>
       <c r="E100"/>
       <c r="F100"/>
     </row>
     <row r="101" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A101" t="s">
+      <c r="A101" s="19" t="s">
+        <v>94</v>
+      </c>
+      <c r="B101" s="20">
+        <v>0.51284816627168184</v>
+      </c>
+      <c r="C101" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D101" s="9"/>
+      <c r="E101"/>
+      <c r="F101"/>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A102" s="19" t="s">
+        <v>112</v>
+      </c>
+      <c r="B102" s="20">
+        <v>0.40212317676023379</v>
+      </c>
+      <c r="C102" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D102" s="9"/>
+      <c r="E102"/>
+      <c r="F102"/>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A103" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="B103" s="20">
+        <v>0.49396627634558588</v>
+      </c>
+      <c r="C103" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="D103" s="9"/>
+      <c r="E103"/>
+      <c r="F103"/>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>70</v>
+      </c>
+      <c r="B104" s="20">
+        <v>0.8</v>
+      </c>
+      <c r="C104" s="17"/>
+      <c r="D104" s="9"/>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A105" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B105" s="18">
+        <f>SUM(B4:B104)</f>
+        <v>99.972124442041348</v>
+      </c>
+      <c r="C105" s="15"/>
+      <c r="D105" s="3"/>
+    </row>
+    <row r="106" spans="1:6" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="24" t="s">
+        <v>68</v>
+      </c>
+      <c r="B106" s="24"/>
+      <c r="C106" s="24"/>
+      <c r="D106" s="8"/>
+    </row>
+    <row r="107" spans="1:6" ht="84.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="23" t="s">
         <v>76</v>
       </c>
-      <c r="B101" s="17">
-[...49 lines deleted...]
-      <c r="C107" s="3"/>
+      <c r="B107" s="23"/>
+      <c r="C107" s="23"/>
       <c r="D107" s="3"/>
     </row>
-    <row r="108" spans="1:6" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C108" s="3"/>
+    <row r="108" spans="1:6" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="23" t="s">
+        <v>69</v>
+      </c>
+      <c r="B108" s="23"/>
+      <c r="C108" s="23"/>
       <c r="D108" s="3"/>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A109" s="2"/>
       <c r="B109" s="11"/>
       <c r="C109" s="3"/>
       <c r="D109" s="3"/>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A110" s="2"/>
       <c r="B110" s="11"/>
       <c r="C110" s="3"/>
       <c r="D110" s="3"/>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A111" s="2"/>
       <c r="B111" s="11"/>
       <c r="C111" s="3"/>
       <c r="D111" s="3"/>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A112" s="2"/>
       <c r="B112" s="11"/>
       <c r="C112" s="3"/>
       <c r="D112" s="3"/>
@@ -4640,60 +4649,78 @@
     </row>
     <row r="501" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A501" s="2"/>
       <c r="B501" s="11"/>
       <c r="C501" s="3"/>
       <c r="D501" s="3"/>
     </row>
     <row r="502" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A502" s="2"/>
       <c r="B502" s="11"/>
       <c r="C502" s="3"/>
       <c r="D502" s="3"/>
     </row>
     <row r="503" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A503" s="2"/>
       <c r="B503" s="11"/>
       <c r="C503" s="3"/>
       <c r="D503" s="3"/>
     </row>
     <row r="504" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A504" s="2"/>
       <c r="B504" s="11"/>
       <c r="C504" s="3"/>
       <c r="D504" s="3"/>
     </row>
+    <row r="505" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A505" s="2"/>
+      <c r="B505" s="11"/>
+      <c r="C505" s="3"/>
+      <c r="D505" s="3"/>
+    </row>
+    <row r="506" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A506" s="2"/>
+      <c r="B506" s="11"/>
+      <c r="C506" s="3"/>
+      <c r="D506" s="3"/>
+    </row>
+    <row r="507" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A507" s="2"/>
+      <c r="B507" s="11"/>
+      <c r="C507" s="3"/>
+      <c r="D507" s="3"/>
+    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A50:C101">
-[...1 lines deleted...]
-    <sortCondition ref="A50:A101"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A62:C104">
+    <sortCondition ref="C62:C104"/>
+    <sortCondition ref="A62:A104"/>
   </sortState>
   <mergeCells count="4">
     <mergeCell ref="A1:C2"/>
-    <mergeCell ref="A105:C105"/>
-[...1 lines deleted...]
-    <mergeCell ref="A104:C104"/>
+    <mergeCell ref="A108:C108"/>
+    <mergeCell ref="A106:C106"/>
+    <mergeCell ref="A107:C107"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>