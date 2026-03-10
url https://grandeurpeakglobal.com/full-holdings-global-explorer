--- v0 (2025-10-10)
+++ v1 (2026-03-10)
@@ -1,1026 +1,328 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Marketing\Quarterly Materials\Funds\2025 Q3 Materials\3Q 2025 Quarterly Holdings 60 Day Lag\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1E57FED-83AF-4AFE-87A6-B824B7017B3C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B65FE1F-A07B-440C-A5B9-D1F6525EB16E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1335" yWindow="465" windowWidth="27375" windowHeight="15225" xr2:uid="{CA9E85A1-3F49-4493-9AD3-BE76BDD93C39}"/>
+    <workbookView xWindow="28800" yWindow="2340" windowWidth="28830" windowHeight="13320" xr2:uid="{CA9E85A1-3F49-4493-9AD3-BE76BDD93C39}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$C$274</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$C$55</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B271" i="1" l="1"/>
+  <c r="B52" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="541" uniqueCount="308">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="75">
   <si>
     <t>Security Name</t>
   </si>
   <si>
-    <t>AIXTRON SE</t>
-[...25 lines deleted...]
-  <si>
     <t>DexCom, Inc.</t>
   </si>
   <si>
-    <t>Dino Polska SA</t>
-[...10 lines deleted...]
-  <si>
     <t>JFrog Ltd.</t>
   </si>
   <si>
-    <t>Littelfuse, Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>Melexis NV</t>
   </si>
   <si>
     <t>Monolithic Power Systems, Inc.</t>
   </si>
   <si>
-    <t>Neurones SA</t>
-[...22 lines deleted...]
-  <si>
     <t>Virbac SA</t>
   </si>
   <si>
-    <t>Zscaler, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Weight (%)</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Cash &amp; Cash Equivalents</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Diploma plc</t>
   </si>
   <si>
-    <t>Advanced Medical Solutions Gro</t>
-[...10 lines deleted...]
-  <si>
     <t>Freshpet, Inc.</t>
   </si>
   <si>
-    <t>Global Industrials, Co.</t>
-[...10 lines deleted...]
-  <si>
     <t>Interpump Group SpA</t>
   </si>
   <si>
-    <t>Mensch und Maschine Software S</t>
-[...58 lines deleted...]
-  <si>
     <t>Recordati SpA</t>
   </si>
   <si>
-    <t>Sword Group</t>
-[...55 lines deleted...]
-  <si>
     <t>JTC plc</t>
   </si>
   <si>
-    <t>Humanica PCL</t>
-[...7 lines deleted...]
-  <si>
     <t>Silergy Corp</t>
   </si>
   <si>
-    <t>Shenzhen Mindray Bio-Medical Electronics Company</t>
-[...40 lines deleted...]
-  <si>
     <t>Visional Inc</t>
   </si>
   <si>
-    <t>Pensionbee Group PLC</t>
-[...28 lines deleted...]
-  <si>
     <t>Redcare Pharmacy N.V.</t>
   </si>
   <si>
-    <t>Kogan.com Ltd</t>
-[...16 lines deleted...]
-  <si>
     <t>United States</t>
   </si>
   <si>
     <t>Britain</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
-    <t>Canada</t>
-[...4 lines deleted...]
-  <si>
     <t>Italy</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>Finland</t>
-[...1 lines deleted...]
-  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>Poland</t>
-[...4 lines deleted...]
-  <si>
     <t>Luxembourg</t>
   </si>
   <si>
-    <t>Singapore</t>
-[...13 lines deleted...]
-  <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Pinnacle Investment Management Group</t>
   </si>
   <si>
-    <t>GlobalData PLC</t>
-[...91 lines deleted...]
-  <si>
     <t>Diasorin SPA</t>
   </si>
   <si>
-    <t>Rise Consulting Group Inc</t>
-[...1 lines deleted...]
-  <si>
     <t>Japan Elevator Service Holdings Company Ltd.</t>
   </si>
   <si>
-    <t>Tokyo Seimitsu Company Limited</t>
-[...1 lines deleted...]
-  <si>
     <t>Eurofins Scientific</t>
   </si>
   <si>
     <t>BBB Foods Inc</t>
   </si>
   <si>
     <t>Vimian Group AB</t>
   </si>
   <si>
-    <t>Burlington Stores, Inc.</t>
-[...7 lines deleted...]
-  <si>
     <t>Investors should consider the investment objectives, risks, and charges and expenses of the Fund(s) before investing. The prospectus contains this and other information about the Fund(s) and should be read carefully before investing. To obtain a prospectus, visit www.grandeurpeakglobal.com or call 1.855.377.PEAK(7325).</t>
   </si>
   <si>
     <t>Holdings are released based on a 60-day lag from the most recent quarter end according to the Grandeur Peak Holdings Release Policy. Portfolio holdings are subject to change at any time. References to specific securities should not be construed as recommendations by the Fund or its Advisor. Current and future holdings are subject to risk.</t>
   </si>
   <si>
-    <t>Alamo Group, Inc.</t>
-[...16 lines deleted...]
-  <si>
     <t>Primoris Services Corporation</t>
   </si>
   <si>
-    <t>Ulta Beauty, Inc.</t>
-[...16 lines deleted...]
-  <si>
     <t>PB Fintech Ltd</t>
   </si>
   <si>
-    <t>Cyberark Software LTD.</t>
-[...1 lines deleted...]
-  <si>
     <t>The Grandeur Peak Global Explorer Fund is distributed by Northern Lights Distributors, LLC, Member FINRA/SIPC. Investing involves risk, including loss of principal. The value of the fund's shares, when redeemed, may be worth more or less than their original cost. There is no guarantee that any investment strategy will achieve its objectives, generate profits or avoid losses. Past performance is no guarantee of future results.</t>
   </si>
   <si>
-    <t>IPD Group Ltd/Australia</t>
-[...1 lines deleted...]
-  <si>
     <t>Marex Group PLC</t>
   </si>
   <si>
-    <t>Kitwave Group Plc</t>
-[...19 lines deleted...]
-  <si>
     <t>Medistim ASA</t>
   </si>
   <si>
-    <t>APR Corp/Korea</t>
-[...19 lines deleted...]
-  <si>
     <t>Core &amp; Main Inc. - Class A</t>
   </si>
   <si>
-    <t>Bel Fuse, Inc.</t>
-[...67 lines deleted...]
-  <si>
     <t>Moncler S.p.A.</t>
   </si>
   <si>
-    <t>Rakus Co Ltd</t>
-[...4 lines deleted...]
-  <si>
     <t>Maruwa Co Ltd/Aichi</t>
   </si>
   <si>
-    <t>Baltic Classifieds Group</t>
-[...7 lines deleted...]
-  <si>
     <t>International Container Terminal Services, Inc.</t>
   </si>
   <si>
-    <t>Shoper Spolka Akcyjna</t>
-[...1 lines deleted...]
-  <si>
     <t>Idun Industrier AB</t>
   </si>
   <si>
-    <t>Roko AB</t>
-[...10 lines deleted...]
-  <si>
     <t>Ryan Specialty Group Holdings, Inc.</t>
   </si>
   <si>
     <t>4Imprint Group</t>
   </si>
   <si>
-    <t>Abacus Life Inc</t>
-[...13 lines deleted...]
-  <si>
     <t>Bio-Techne Corporation</t>
   </si>
   <si>
-    <t>Valvoline, Inc.</t>
-[...20 lines deleted...]
-    <t>Lithuania</t>
+    <t>Hill &amp; Smith Holdings PLC</t>
+  </si>
+  <si>
+    <t>Cartrade Tech Ltd</t>
   </si>
   <si>
     <t>Grandeur Peak Global Explorer Fund
-as of 7/31/25</t>
-[...74 lines deleted...]
-    <t>United Arab Emirates</t>
+as of 10/31/25</t>
+  </si>
+  <si>
+    <t>HUB24 Ltd</t>
+  </si>
+  <si>
+    <t>Games Workshop Group plc</t>
+  </si>
+  <si>
+    <t>B&amp;M European Value Retail S.A.</t>
+  </si>
+  <si>
+    <t>Varun Beverages Ltd</t>
+  </si>
+  <si>
+    <t>Jubilant Foodworks Ltd</t>
+  </si>
+  <si>
+    <t>CSW Industrials, Inc.</t>
+  </si>
+  <si>
+    <t>HPSP Co Ltd</t>
+  </si>
+  <si>
+    <t>AddTech AB</t>
+  </si>
+  <si>
+    <t>Ypsomed Holding AG</t>
+  </si>
+  <si>
+    <t>ASPEED Technology, Inc.</t>
+  </si>
+  <si>
+    <t>Asia Vital Components Company Ltd.</t>
+  </si>
+  <si>
+    <t>Crowdshare Holdings, Inc.</t>
+  </si>
+  <si>
+    <t>Pjt Partners, Inc.</t>
+  </si>
+  <si>
+    <t>Cloudflare, Inc.</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aktiv Grotesk Light"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aktiv Grotesk Light"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
@@ -1145,83 +447,84 @@
         <color theme="7"/>
       </top>
       <bottom style="thin">
         <color theme="7"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="7"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="43" fontId="10" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="43" fontId="11" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma" xfId="5" builtinId="3"/>
     <cellStyle name="Explanatory Text" xfId="4" builtinId="53"/>
     <cellStyle name="Heading 2" xfId="2" builtinId="17"/>
     <cellStyle name="Heading 3" xfId="3" builtinId="18"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{D92DD468-0A6C-4620-B7F0-01C08F22BAC0}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
@@ -1428,3108 +731,699 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8CC6DCF5-FF70-41C9-9A62-1CBE2760F741}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C283"/>
+  <dimension ref="A1:C64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B271" sqref="B271"/>
+      <selection activeCell="A9" sqref="A9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="44.44140625" style="6" customWidth="1"/>
     <col min="2" max="2" width="11.109375" style="9" customWidth="1"/>
     <col min="3" max="3" width="18.44140625" style="7" customWidth="1"/>
     <col min="4" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="15" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="15"/>
+      <c r="A1" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B1" s="16"/>
+      <c r="C1" s="16"/>
     </row>
     <row r="2" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="16"/>
-[...1 lines deleted...]
-      <c r="C2" s="16"/>
+      <c r="A2" s="17"/>
+      <c r="B2" s="17"/>
+      <c r="C2" s="17"/>
     </row>
     <row r="3" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" s="14">
+        <v>3.2236261129521528</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B5" s="14">
+        <v>2.2581966071159774</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="14">
+        <v>2.5323482595830913</v>
+      </c>
+      <c r="C6" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="11" t="s">
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="14">
+        <v>4.6274245950330481</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" s="14">
+        <v>2.6473606298337242</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" s="14">
+        <v>2.2976627012887945</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" s="14">
+        <v>2.2077859546222318</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="14">
+        <v>1.941590245117798</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B12" s="14">
+        <v>1.328511833952309</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="14">
+        <v>1.9718971778829708</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="14">
+        <v>2.1894930158134445</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="14">
+        <v>2.0266181504382881</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" s="14">
+        <v>1.7316002658388447</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B17" s="14">
+        <v>1.3085623199961289</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" s="14">
+        <v>0.93950962394049964</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B19" s="14">
+        <v>2.1513266323839204</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B20" s="14">
+        <v>2.9631727287490062</v>
+      </c>
+      <c r="C20" s="10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="B21" s="14">
+        <v>1.9388959023300294</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="B22" s="14">
+        <v>1.9276156467244281</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B23" s="14">
+        <v>1.4664882963122936</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" s="14">
+        <v>3.163420375943272</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B25" s="14">
+        <v>2.5549072824812091</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" s="14">
+        <v>1.4122718618927084</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B27" s="14">
+        <v>1.9405372636103333</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B28" s="14">
+        <v>1.9932785317107455</v>
+      </c>
+      <c r="C28" s="10" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-[...88 lines deleted...]
-      <c r="A12" t="s">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A29" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" s="14">
+        <v>1.8595888244551575</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="B30" s="14">
+        <v>0.36858305059332885</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="B31" s="14">
+        <v>1.6498779865636568</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" s="14">
+        <v>2.4092219371306145</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A33" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="B33" s="14">
+        <v>2.6229894203867961</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A34" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="14">
+        <v>1.9329815114993325</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B35" s="14">
+        <v>0.30399985406594099</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B36" s="14">
+        <v>1.3789068591586648</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B37" s="14">
+        <v>2.9380395856867438</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B38" s="14">
+        <v>1.9134855196137013</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A39" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="B39" s="14">
+        <v>3.1705077228528755</v>
+      </c>
+      <c r="C39" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="B12" s="12">
-[...301 lines deleted...]
-      </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A40" t="s">
-[...3 lines deleted...]
-        <v>0.1948</v>
+      <c r="A40" s="13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B40" s="14">
+        <v>2.7761986018011306</v>
       </c>
       <c r="C40" s="10" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A41" t="s">
-[...3 lines deleted...]
-        <v>0.56740000000000002</v>
+      <c r="A41" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="B41" s="14">
+        <v>2.6808017845872709</v>
       </c>
       <c r="C41" s="10" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A42" t="s">
-[...3 lines deleted...]
-        <v>0.3276</v>
+      <c r="A42" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B42" s="14">
+        <v>2.467995172795419</v>
       </c>
       <c r="C42" s="10" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A43" t="s">
-[...3 lines deleted...]
-        <v>0.27210000000000001</v>
+      <c r="A43" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="B43" s="14">
+        <v>2.4020575286768429</v>
       </c>
       <c r="C43" s="10" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A44" t="s">
-[...3 lines deleted...]
-        <v>0.18160000000000001</v>
+      <c r="A44" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B44" s="14">
+        <v>2.3731035551897737</v>
       </c>
       <c r="C44" s="10" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A45" t="s">
-[...3 lines deleted...]
-        <v>0.61670000000000003</v>
+      <c r="A45" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B45" s="14">
+        <v>2.2179846200355176</v>
       </c>
       <c r="C45" s="10" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A46" t="s">
-[...3 lines deleted...]
-        <v>0.47239999999999999</v>
+      <c r="A46" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B46" s="14">
+        <v>2.1826243682432387</v>
       </c>
       <c r="C46" s="10" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A47" t="s">
-[...3 lines deleted...]
-        <v>0.2094</v>
+      <c r="A47" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="B47" s="14">
+        <v>1.7065154929518374</v>
       </c>
       <c r="C47" s="10" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A48" t="s">
-[...3 lines deleted...]
-        <v>0.45469999999999999</v>
+      <c r="A48" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B48" s="14">
+        <v>1.6817929589328471</v>
       </c>
       <c r="C48" s="10" t="s">
-        <v>123</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A49" t="s">
-[...3 lines deleted...]
-        <v>0.36</v>
+      <c r="A49" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B49" s="14">
+        <v>1.0029978354578089</v>
       </c>
       <c r="C49" s="10" t="s">
-        <v>125</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A50" t="s">
-[...3 lines deleted...]
-        <v>0.192</v>
+      <c r="A50" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B50" s="14">
+        <v>0.32056395185866443</v>
       </c>
       <c r="C50" s="10" t="s">
-        <v>125</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>38</v>
-[...6 lines deleted...]
-      </c>
+        <v>8</v>
+      </c>
+      <c r="B51" s="14">
+        <v>2.9</v>
+      </c>
+      <c r="C51" s="10"/>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A52" t="s">
-        <v>83</v>
+      <c r="A52" s="2" t="s">
+        <v>9</v>
       </c>
       <c r="B52" s="12">
-        <v>0.23250000000000001</v>
-[...36 lines deleted...]
-      </c>
+        <f>SUM(B4:B51)</f>
+        <v>100.00492015808442</v>
+      </c>
+      <c r="C52" s="3"/>
+    </row>
+    <row r="53" spans="1:3" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B53" s="15"/>
+      <c r="C53" s="15"/>
+    </row>
+    <row r="54" spans="1:3" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B54" s="18"/>
+      <c r="C54" s="18"/>
+    </row>
+    <row r="55" spans="1:3" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="B55" s="18"/>
+      <c r="C55" s="18"/>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A56" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A56" s="4"/>
+      <c r="B56" s="8"/>
+      <c r="C56" s="5"/>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A57" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A57" s="4"/>
+      <c r="B57" s="8"/>
+      <c r="C57" s="5"/>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A58" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A58" s="4"/>
+      <c r="B58" s="8"/>
+      <c r="C58" s="5"/>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A59" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A59" s="4"/>
+      <c r="B59" s="8"/>
+      <c r="C59" s="5"/>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A60" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A60" s="4"/>
+      <c r="B60" s="8"/>
+      <c r="C60" s="5"/>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A61" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A61" s="4"/>
+      <c r="B61" s="8"/>
+      <c r="C61" s="5"/>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A62" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A62" s="4"/>
+      <c r="B62" s="8"/>
+      <c r="C62" s="5"/>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A63" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A63" s="4"/>
+      <c r="B63" s="8"/>
+      <c r="C63" s="5"/>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A64" t="s">
-[...2347 lines deleted...]
-      <c r="C283" s="5"/>
+      <c r="A64" s="4"/>
+      <c r="B64" s="8"/>
+      <c r="C64" s="5"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:C270">
-[...1 lines deleted...]
-    <sortCondition ref="A4:A270"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:C51">
+    <sortCondition ref="C4:C51"/>
+    <sortCondition ref="A4:A51"/>
   </sortState>
   <mergeCells count="4">
-    <mergeCell ref="A272:C272"/>
+    <mergeCell ref="A53:C53"/>
     <mergeCell ref="A1:C2"/>
-    <mergeCell ref="A273:C273"/>
-    <mergeCell ref="A274:C274"/>
+    <mergeCell ref="A54:C54"/>
+    <mergeCell ref="A55:C55"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>