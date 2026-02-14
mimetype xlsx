--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -1,139 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Marketing\Quarterly Materials\Funds\2025 Q3 Materials\3Q 2025 Quarterly Holdings 60 Day Lag\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7F502791-14F8-4FC8-8973-9CD37E07B842}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4954379C-6060-4DF9-A437-82AF9720D692}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1515" yWindow="1095" windowWidth="27375" windowHeight="15225" xr2:uid="{0816792A-98E0-4A80-8BDE-777D53535368}"/>
+    <workbookView xWindow="28845" yWindow="1530" windowWidth="28830" windowHeight="13320" xr2:uid="{0816792A-98E0-4A80-8BDE-777D53535368}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$C$124</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$C$117</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B121" i="1" l="1"/>
+  <c r="B114" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="141">
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Fiducian Group Ltd</t>
   </si>
   <si>
     <t>Neurones SA</t>
   </si>
   <si>
     <t>Thermador Groupe</t>
   </si>
   <si>
     <t>Kri-Kri Milk Industry SA</t>
   </si>
   <si>
     <t>System Support, Inc.</t>
   </si>
   <si>
-    <t>Bouvet ASA</t>
-[...1 lines deleted...]
-  <si>
     <t>Auto Partner SA</t>
   </si>
   <si>
     <t>Shoper Spolka Akcyjna</t>
   </si>
   <si>
     <t>RVRC Holding AB</t>
   </si>
   <si>
     <t>Swedencare AB</t>
   </si>
   <si>
-    <t>Teqnion AB</t>
-[...1 lines deleted...]
-  <si>
     <t>CVS Group plc</t>
   </si>
   <si>
     <t>Barrett Business Services, Inc.</t>
   </si>
   <si>
-    <t>Plumas Bancorp</t>
-[...1 lines deleted...]
-  <si>
     <t>Weight (%)</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Bowman Consulting Group Limited</t>
   </si>
   <si>
     <t>BioSyent Inc</t>
   </si>
   <si>
     <t>FIGS, Inc.</t>
   </si>
   <si>
     <t>Global Industrials, Co.</t>
   </si>
   <si>
     <t>Hackett Group, Inc. (The)</t>
   </si>
   <si>
     <t>The Joint Corporation</t>
@@ -174,107 +165,92 @@
   <si>
     <t>Arwana Citramulia Tbk P.T.</t>
   </si>
   <si>
     <t>Franchise Brands PLC</t>
   </si>
   <si>
     <t>User Local inc</t>
   </si>
   <si>
     <t>Sdiptech AB</t>
   </si>
   <si>
     <t>X-Fab Silicon Foundries S.E.</t>
   </si>
   <si>
     <t>Plover Bay Tech</t>
   </si>
   <si>
     <t>Oro Co Ltd</t>
   </si>
   <si>
     <t>Wavestone</t>
   </si>
   <si>
-    <t>Humanica PCL</t>
-[...4 lines deleted...]
-  <si>
     <t>Hennge KK</t>
   </si>
   <si>
     <t>Sun* Inc</t>
   </si>
   <si>
     <t>eWeLL Co Ltd</t>
   </si>
   <si>
     <t>FRP Advisory Group PLC</t>
   </si>
   <si>
-    <t>Chaoju Eye Care Holdings Ltd</t>
-[...1 lines deleted...]
-  <si>
     <t>Elixirr International PLC</t>
   </si>
   <si>
     <t>YMIRLINK Inc</t>
   </si>
   <si>
     <t>Vaibhav Global Ltd</t>
   </si>
   <si>
     <t>Acer E-Enabling Service Busine</t>
   </si>
   <si>
     <t>Volution Group PLC</t>
   </si>
   <si>
-    <t>Pensionbee Group PLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Gulf Oil Lubricants India Ltd.</t>
   </si>
   <si>
     <t>Victorian Plumbing Group PLC</t>
   </si>
   <si>
     <t>SmartCraft ASA</t>
   </si>
   <si>
     <t>Bengo4.com Inc</t>
   </si>
   <si>
     <t>MarkLines Company Ltd.</t>
   </si>
   <si>
-    <t>MegaStudyEdu Co Ltd</t>
-[...1 lines deleted...]
-  <si>
     <t>Kogan.com Ltd</t>
   </si>
   <si>
     <t>Britain</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Taiwan</t>
@@ -282,272 +258,268 @@
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>Thailand</t>
-[...1 lines deleted...]
-  <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>Advanced Medical Solutions Gro</t>
   </si>
   <si>
     <t>Revenio Group Oyj</t>
   </si>
   <si>
     <t>SJS Enterprises Ltd</t>
   </si>
   <si>
     <t>Integral Corp</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Indigo Paints Ltd</t>
   </si>
   <si>
-    <t>Insource Co Ltd</t>
-[...1 lines deleted...]
-  <si>
     <t>Plus Alpha Consulting</t>
   </si>
   <si>
     <t>Gem Services Inc</t>
   </si>
   <si>
     <t>Esquire Financial Holdings, Inc.</t>
   </si>
   <si>
     <t>Pennant Group, Inc. (The)</t>
   </si>
   <si>
     <t>Treace Medical</t>
   </si>
   <si>
     <t>Track &amp; Field Co SA</t>
   </si>
   <si>
     <t>Yatharth Hospital</t>
   </si>
   <si>
     <t>Rise Consulting Group Inc</t>
   </si>
   <si>
     <t>The Lovesac Company</t>
   </si>
   <si>
     <t>Cash &amp; Cash Equivalent</t>
   </si>
   <si>
     <t>Holdings are released based on a 60-day lag from the most recent quarter end according to the Grandeur Peak Holdings Release Policy. Portfolio holdings are subject to change at any time. References to specific securities should not be construed as recommendations by the Fund or its Advisor. Current and future holdings are subject to risk.</t>
   </si>
   <si>
     <t>Investors should consider the investment objectives, risks, and charges and expenses of the Fund(s) before investing. The prospectus contains this and other information about the Fund(s) and should be read carefully before investing. To obtain a prospectus, visit www.grandeurpeakglobal.com or call 1.855.377.PEAK(7325).</t>
   </si>
   <si>
     <t>Armac Locacao Logistica</t>
   </si>
   <si>
     <t>AZOOM Co Ltd</t>
   </si>
   <si>
     <t>Timee Inc</t>
   </si>
   <si>
     <t>Swedish Logistic</t>
   </si>
   <si>
-    <t>Advanced Oxygen Therapy</t>
-[...1 lines deleted...]
-  <si>
     <t>The Grandeur Peak Global Micro Cap Fund is distributed by Northern Lights Distributors, LLC, Member FINRA/SIPC. Investing involves risk, including loss of principal. The value of the fund's shares, when redeemed, may be worth more or less than their original cost. There is no guarantee that any investment strategy will achieve its objectives, generate profits or avoid losses. Past performance is no guarantee of future results.</t>
   </si>
   <si>
     <t>MA Financial Group Ltd</t>
   </si>
   <si>
     <t>IPD Group Ltd/Australia</t>
   </si>
   <si>
     <t>Tatton Asset Mgmt</t>
   </si>
   <si>
     <t>Kitwave Group Plc</t>
   </si>
   <si>
     <t>Sidetrade</t>
   </si>
   <si>
     <t>Pharmanutra SpA</t>
   </si>
   <si>
-    <t>Halows Company Ltd.</t>
-[...1 lines deleted...]
-  <si>
     <t>Medistim ASA</t>
   </si>
   <si>
     <t>FNS Tech Co Ltd</t>
   </si>
   <si>
     <t>Momentum Group AB</t>
   </si>
   <si>
     <t>Idun Industrier AB</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Kelly Partners Group Holdings</t>
   </si>
   <si>
     <t>BR Advisory Partners</t>
   </si>
   <si>
     <t>Ashtead Technology Holdings plc</t>
   </si>
   <si>
     <t>Warpaint London plc</t>
   </si>
   <si>
     <t>Vimta Labs Ltd</t>
   </si>
   <si>
-    <t>GHCL Limited</t>
-[...4 lines deleted...]
-  <si>
     <t>Hartadinata Abadi Tbk PT</t>
   </si>
   <si>
-    <t>Aspirasi Hidup Ind</t>
-[...1 lines deleted...]
-  <si>
     <t>Kinx Inc.</t>
   </si>
   <si>
     <t>Mama's Creations Incorporated</t>
   </si>
   <si>
     <t>Arizona Sonoran Copper Co Inc</t>
   </si>
   <si>
     <t>Kura Sushi USA, Inc.</t>
   </si>
   <si>
     <t>Fatpipe Inc/UT</t>
   </si>
   <si>
     <t>Iradimed Corporation</t>
   </si>
   <si>
-    <t>OrthoPediatrics Corp.</t>
+    <t>Navigator Global Investments Limited</t>
+  </si>
+  <si>
+    <t>Pollen Street Group Ltd</t>
+  </si>
+  <si>
+    <t>Dr Agarwal's Eye Hospital Ltd</t>
+  </si>
+  <si>
+    <t>Supriya Lifescience Ltd</t>
+  </si>
+  <si>
+    <t>Japan System Techniques</t>
+  </si>
+  <si>
+    <t>SIGMAXYZ Holdings Inc</t>
+  </si>
+  <si>
+    <t>Red Violet, Inc.</t>
+  </si>
+  <si>
+    <t>RxSight Inc</t>
   </si>
   <si>
     <t>Grandeur Peak Global Micro Cap Fund
-as of 7/31/25</t>
-[...29 lines deleted...]
-    <t>RxSight Inc</t>
+as of 10/31/25</t>
+  </si>
+  <si>
+    <t>Mainstreet Equity Corporation</t>
+  </si>
+  <si>
+    <t>Vitalhub Corporation</t>
+  </si>
+  <si>
+    <t>DPC Dash LTD.</t>
+  </si>
+  <si>
+    <t>Aditya Vision Ltd</t>
+  </si>
+  <si>
+    <t>BuySell Technologies Company Ltd.</t>
+  </si>
+  <si>
+    <t>Insource Company Ltd.</t>
+  </si>
+  <si>
+    <t>Vitec Software Group</t>
+  </si>
+  <si>
+    <t>Crawford United Corporation</t>
+  </si>
+  <si>
+    <t>M-Tron Industries, Inc.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aktiv Grotesk Light"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aktiv Grotesk Light"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
@@ -672,105 +644,106 @@
         <color theme="7"/>
       </top>
       <bottom style="thin">
         <color theme="7"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="7"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="4" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma" xfId="5" builtinId="3"/>
     <cellStyle name="Explanatory Text" xfId="4" builtinId="53"/>
     <cellStyle name="Heading 2" xfId="2" builtinId="17"/>
     <cellStyle name="Heading 3" xfId="3" builtinId="18"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{E1C66A36-3D00-4D4E-9E87-67E8232D1850}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -964,1402 +937,1360 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E64608AB-41F2-417D-B86B-D87AEC7F1FBE}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C501"/>
+  <dimension ref="A1:C494"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F17" sqref="F17"/>
+      <selection activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.77734375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.109375" style="12" customWidth="1"/>
     <col min="3" max="3" width="18.44140625" style="7" customWidth="1"/>
     <col min="4" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="15" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="16"/>
+      <c r="A1" s="17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
     </row>
     <row r="2" spans="1:3" ht="21.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="17"/>
-[...1 lines deleted...]
-      <c r="C2" s="17"/>
+      <c r="A2" s="19"/>
+      <c r="B2" s="19"/>
+      <c r="C2" s="19"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B4" s="16">
+        <v>1.7237398199392271</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B5" s="16">
+        <v>1.4050238222562355</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="16">
+        <v>1.3775564352141259</v>
+      </c>
+      <c r="C6" s="9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B7" s="16">
+        <v>1.27260923634545</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B8" s="16">
+        <v>0.80350672745134799</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B9" s="16">
+        <v>0.41896458352773297</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" s="16">
+        <v>0.8576615788282107</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" s="16">
+        <v>0.82660952875424409</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B12" s="16">
+        <v>0.57818822393939362</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" s="16">
+        <v>0.15051834191361124</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" s="16">
+        <v>2.3242660240246438</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15" s="16">
+        <v>2.2177686369559408</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" s="16">
+        <v>1.3948270350040288</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" s="16">
+        <v>1.204625620813911</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" s="16">
+        <v>1.0772556008997169</v>
+      </c>
+      <c r="C18" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B19" s="16">
+        <v>0.81172212214574035</v>
+      </c>
+      <c r="C19" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="16">
+        <v>0.6647260710519044</v>
+      </c>
+      <c r="C20" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B21" s="16">
+        <v>0.647105348619469</v>
+      </c>
+      <c r="C21" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" s="16">
+        <v>0.58547654762837376</v>
+      </c>
+      <c r="C22" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="16">
+        <v>0.53812422099318868</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B24" s="16">
+        <v>0.44323154369727497</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B25" s="16">
+        <v>0.32236473968299323</v>
+      </c>
+      <c r="C25" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" s="16">
+        <v>0.30081415740379386</v>
+      </c>
+      <c r="C26" s="9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" s="16">
+        <v>0.81501155958767957</v>
+      </c>
+      <c r="C27" s="9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="B28" s="16">
+        <v>0.76935330717000017</v>
+      </c>
+      <c r="C28" s="9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A29" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="B29" s="16">
+        <v>0.51660427390509822</v>
+      </c>
+      <c r="C29" s="9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="B30" s="16">
+        <v>0.51495967400891784</v>
+      </c>
+      <c r="C30" s="9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="B31" s="16">
+        <v>0.3853566770513922</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="B32" s="16">
+        <v>0.87656969223595571</v>
+      </c>
+      <c r="C32" s="9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A33" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B33" s="16">
+        <v>0.66566288569003185</v>
+      </c>
+      <c r="C33" s="9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A34" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B34" s="16">
+        <v>0.4084061152216798</v>
+      </c>
+      <c r="C34" s="9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="B35" s="16">
+        <v>0.39749653046576633</v>
+      </c>
+      <c r="C35" s="9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B36" s="16">
+        <v>0.57620091174662613</v>
+      </c>
+      <c r="C36" s="9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B37" s="16">
+        <v>1.0544795029536254</v>
+      </c>
+      <c r="C37" s="9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B38" s="16">
+        <v>0.99071330325873741</v>
+      </c>
+      <c r="C38" s="9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A39" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" s="16">
+        <v>0.5924171467751127</v>
+      </c>
+      <c r="C39" s="9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A40" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B40" s="16">
+        <v>1.2581402010174991</v>
+      </c>
+      <c r="C40" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="B41" s="16">
+        <v>1.0264372631858274</v>
+      </c>
+      <c r="C41" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B42" s="16">
+        <v>0.67758395026071061</v>
+      </c>
+      <c r="C42" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A43" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="B43" s="16">
+        <v>0.64395543308456893</v>
+      </c>
+      <c r="C43" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A44" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B44" s="16">
+        <v>0.6101152781565915</v>
+      </c>
+      <c r="C44" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A45" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="B45" s="16">
+        <v>0.60503411412492358</v>
+      </c>
+      <c r="C45" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A46" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" s="16">
+        <v>0.52718750097632117</v>
+      </c>
+      <c r="C46" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A47" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B47" s="16">
+        <v>0.38538852209490043</v>
+      </c>
+      <c r="C47" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A48" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B48" s="16">
+        <v>0.35930308895580393</v>
+      </c>
+      <c r="C48" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A49" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B49" s="16">
+        <v>0.99530194934138572</v>
+      </c>
+      <c r="C49" s="9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B50" s="16">
+        <v>0.57590685280009324</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A51" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B51" s="16">
+        <v>0.24030663033269339</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" s="16">
+        <v>0.69749235234852813</v>
+      </c>
+      <c r="C52" s="9" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A53" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B53" s="16">
+        <v>2.9230229269987311</v>
+      </c>
+      <c r="C53" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A54" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="B54" s="16">
+        <v>2.7491292645292988</v>
+      </c>
+      <c r="C54" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B55" s="16">
+        <v>1.8557162232364228</v>
+      </c>
+      <c r="C55" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B56" s="16">
+        <v>1.6588311523028512</v>
+      </c>
+      <c r="C56" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A57" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B57" s="16">
+        <v>1.5835903019680908</v>
+      </c>
+      <c r="C57" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A58" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B58" s="16">
+        <v>1.5601783185636715</v>
+      </c>
+      <c r="C58" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A59" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B59" s="16">
+        <v>1.2809867296568309</v>
+      </c>
+      <c r="C59" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A60" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B60" s="16">
+        <v>1.032516749887419</v>
+      </c>
+      <c r="C60" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A61" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B61" s="16">
+        <v>0.97601953784763085</v>
+      </c>
+      <c r="C61" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A62" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B62" s="16">
+        <v>0.94050479596757797</v>
+      </c>
+      <c r="C62" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A63" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="B63" s="16">
+        <v>0.90344515899174527</v>
+      </c>
+      <c r="C63" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A64" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B64" s="16">
+        <v>0.78745622059704767</v>
+      </c>
+      <c r="C64" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A65" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B65" s="16">
+        <v>0.76386479015641506</v>
+      </c>
+      <c r="C65" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A66" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B66" s="16">
+        <v>0.74278276642782914</v>
+      </c>
+      <c r="C66" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A67" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B67" s="16">
+        <v>0.64097984431769273</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A68" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B68" s="16">
+        <v>0.64029150311605576</v>
+      </c>
+      <c r="C68" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A69" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B69" s="16">
+        <v>0.63843254330014154</v>
+      </c>
+      <c r="C69" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A70" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="B70" s="16">
+        <v>0.47929404625107624</v>
+      </c>
+      <c r="C70" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A71" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="B71" s="16">
+        <v>0.44232413279335014</v>
+      </c>
+      <c r="C71" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A72" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B72" s="16">
+        <v>0.39578331465494426</v>
+      </c>
+      <c r="C72" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A73" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B73" s="16">
+        <v>0.2475503191099451</v>
+      </c>
+      <c r="C73" s="9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A74" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B74" s="16">
+        <v>0.68384653516022054</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A75" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B75" s="16">
+        <v>0.61138069734815093</v>
+      </c>
+      <c r="C75" s="9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A76" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="B76" s="16">
+        <v>0.53670493450185663</v>
+      </c>
+      <c r="C76" s="9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A77" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="B77" s="16">
+        <v>0.24220823744568026</v>
+      </c>
+      <c r="C77" s="9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A78" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="B78" s="16">
+        <v>0.81773379229945398</v>
+      </c>
+      <c r="C78" s="9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A79" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B79" s="16">
+        <v>0.64666345003065262</v>
+      </c>
+      <c r="C79" s="9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A80" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B80" s="16">
+        <v>1.2573693738076437</v>
+      </c>
+      <c r="C80" s="9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A81" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B81" s="16">
+        <v>1.097292744245516</v>
+      </c>
+      <c r="C81" s="9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A82" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B82" s="16">
+        <v>0.35159648040429931</v>
+      </c>
+      <c r="C82" s="9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A83" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B83" s="16">
+        <v>1.9116396627758789</v>
+      </c>
+      <c r="C83" s="9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A84" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="B84" s="16">
+        <v>1.1949967296360973</v>
+      </c>
+      <c r="C84" s="9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A85" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B85" s="16">
+        <v>1.0081434307292809</v>
+      </c>
+      <c r="C85" s="9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A86" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B86" s="16">
+        <v>0.95751568797728337</v>
+      </c>
+      <c r="C86" s="9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A87" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B87" s="16">
+        <v>0.81208514267902876</v>
+      </c>
+      <c r="C87" s="9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A88" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B88" s="16">
+        <v>0.76907955646016868</v>
+      </c>
+      <c r="C88" s="9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A89" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B89" s="16">
+        <v>0.67789993778197932</v>
+      </c>
+      <c r="C89" s="9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A90" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="B90" s="16">
+        <v>0.90381334300223759</v>
+      </c>
+      <c r="C90" s="9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A91" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="B91" s="16">
+        <v>0.82925575680993879</v>
+      </c>
+      <c r="C91" s="9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A92" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B92" s="16">
+        <v>0.66193947851339274</v>
+      </c>
+      <c r="C92" s="9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A93" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B93" s="16">
+        <v>3.1068350674595346</v>
+      </c>
+      <c r="C93" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A94" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B94" s="16">
+        <v>2.7860884189424744</v>
+      </c>
+      <c r="C94" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A95" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="B95" s="16">
+        <v>1.9189646493134573</v>
+      </c>
+      <c r="C95" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A96" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="B96" s="16">
+        <v>1.4369931132848706</v>
+      </c>
+      <c r="C96" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A97" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B97" s="16">
+        <v>1.3416661421866498</v>
+      </c>
+      <c r="C97" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A98" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B98" s="16">
+        <v>1.2915414171741366</v>
+      </c>
+      <c r="C98" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A99" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B99" s="16">
+        <v>1.2007772099590235</v>
+      </c>
+      <c r="C99" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A100" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="B100" s="16">
+        <v>1.0785196157983128</v>
+      </c>
+      <c r="C100" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A101" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B101" s="16">
+        <v>0.81379045124024152</v>
+      </c>
+      <c r="C101" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A102" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="B102" s="16">
+        <v>0.75512833795908563</v>
+      </c>
+      <c r="C102" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A103" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="B103" s="16">
+        <v>0.6679615620395426</v>
+      </c>
+      <c r="C103" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A104" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B104" s="16">
+        <v>0.64891876613435528</v>
+      </c>
+      <c r="C104" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A105" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B105" s="16">
+        <v>0.61789210135626527</v>
+      </c>
+      <c r="C105" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A106" s="15" t="s">
         <v>140</v>
       </c>
-      <c r="B4" s="20">
-[...293 lines deleted...]
-      <c r="A31" t="s">
+      <c r="B106" s="16">
+        <v>0.52396979049805037</v>
+      </c>
+      <c r="C106" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A107" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B107" s="16">
+        <v>0.52052406605154</v>
+      </c>
+      <c r="C107" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A108" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="20">
-[...139 lines deleted...]
-      <c r="A44" t="s">
+      <c r="B108" s="16">
+        <v>0.51630366879290546</v>
+      </c>
+      <c r="C108" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A109" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B109" s="16">
+        <v>0.46578047025090513</v>
+      </c>
+      <c r="C109" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A110" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="B44" s="20">
-[...29 lines deleted...]
-      <c r="A47" t="s">
+      <c r="B110" s="16">
+        <v>0.42371148262510105</v>
+      </c>
+      <c r="C110" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="B47" s="20">
-[...480 lines deleted...]
-      <c r="A91" t="s">
+    </row>
+    <row r="111" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A111" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="B111" s="16">
+        <v>0.3015429638472833</v>
+      </c>
+      <c r="C111" s="9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A112" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="B91" s="20">
-[...231 lines deleted...]
-        <v>0.37669999999999998</v>
+      <c r="B112" s="16">
+        <v>0.21675153867305175</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
     </row>
     <row r="113" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>96</v>
-[...6 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="B113" s="13">
+        <v>1</v>
+      </c>
+      <c r="C113" s="9"/>
     </row>
     <row r="114" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A114" t="s">
+      <c r="A114" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="B114" s="20">
-[...37 lines deleted...]
-      </c>
+      <c r="B114" s="14">
+        <f>SUM(B4:B113)</f>
+        <v>99.959597129711355</v>
+      </c>
+      <c r="C114" s="3"/>
+    </row>
+    <row r="115" spans="1:3" ht="84.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="20" t="s">
+        <v>94</v>
+      </c>
+      <c r="B115" s="20"/>
+      <c r="C115" s="20"/>
+    </row>
+    <row r="116" spans="1:3" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="21" t="s">
+        <v>99</v>
+      </c>
+      <c r="B116" s="21"/>
+      <c r="C116" s="21"/>
+    </row>
+    <row r="117" spans="1:3" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="21" t="s">
+        <v>93</v>
+      </c>
+      <c r="B117" s="21"/>
+      <c r="C117" s="21"/>
     </row>
     <row r="118" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A118" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A118" s="4"/>
+      <c r="B118" s="11"/>
+      <c r="C118" s="5"/>
     </row>
     <row r="119" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A119" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A119" s="4"/>
+      <c r="B119" s="11"/>
+      <c r="C119" s="5"/>
     </row>
     <row r="120" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A120" t="s">
-[...5 lines deleted...]
-      <c r="C120" s="9"/>
+      <c r="A120" s="4"/>
+      <c r="B120" s="11"/>
+      <c r="C120" s="5"/>
     </row>
     <row r="121" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A121" s="2" t="s">
-[...27 lines deleted...]
-      <c r="C124" s="19"/>
+      <c r="A121" s="4"/>
+      <c r="B121" s="11"/>
+      <c r="C121" s="5"/>
+    </row>
+    <row r="122" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A122" s="4"/>
+      <c r="B122" s="11"/>
+      <c r="C122" s="5"/>
+    </row>
+    <row r="123" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A123" s="4"/>
+      <c r="B123" s="11"/>
+      <c r="C123" s="5"/>
+    </row>
+    <row r="124" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A124" s="4"/>
+      <c r="B124" s="11"/>
+      <c r="C124" s="5"/>
     </row>
     <row r="125" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A125" s="4"/>
       <c r="B125" s="11"/>
       <c r="C125" s="5"/>
     </row>
     <row r="126" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A126" s="4"/>
       <c r="B126" s="11"/>
       <c r="C126" s="5"/>
     </row>
     <row r="127" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A127" s="4"/>
       <c r="B127" s="11"/>
       <c r="C127" s="5"/>
     </row>
     <row r="128" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A128" s="4"/>
       <c r="B128" s="11"/>
       <c r="C128" s="5"/>
     </row>
     <row r="129" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A129" s="4"/>
       <c r="B129" s="11"/>
       <c r="C129" s="5"/>
@@ -4167,95 +4098,60 @@
     <row r="490" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A490" s="4"/>
       <c r="B490" s="11"/>
       <c r="C490" s="5"/>
     </row>
     <row r="491" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A491" s="4"/>
       <c r="B491" s="11"/>
       <c r="C491" s="5"/>
     </row>
     <row r="492" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A492" s="4"/>
       <c r="B492" s="11"/>
       <c r="C492" s="5"/>
     </row>
     <row r="493" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A493" s="4"/>
       <c r="B493" s="11"/>
       <c r="C493" s="5"/>
     </row>
     <row r="494" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A494" s="4"/>
       <c r="B494" s="11"/>
       <c r="C494" s="5"/>
     </row>
-    <row r="495" spans="1:3" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:C120">
-[...1 lines deleted...]
-    <sortCondition ref="A11:A120"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A11:C113">
+    <sortCondition ref="C11:C113"/>
+    <sortCondition ref="A11:A113"/>
   </sortState>
   <mergeCells count="4">
     <mergeCell ref="A1:C2"/>
-    <mergeCell ref="A122:C122"/>
-[...1 lines deleted...]
-    <mergeCell ref="A124:C124"/>
+    <mergeCell ref="A115:C115"/>
+    <mergeCell ref="A116:C116"/>
+    <mergeCell ref="A117:C117"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>