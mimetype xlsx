--- v0 (2025-10-10)
+++ v1 (2026-01-25)
@@ -1,226 +1,211 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Marketing\Quarterly Materials\Funds\2025 Q3 Materials\3Q 2025 Quarterly Holdings 60 Day Lag\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EF83244B-2BEF-4CC5-8313-51C6C15BF191}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA0920B6-A4F8-402C-A8A1-BB542E1D8E14}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="945" yWindow="1365" windowWidth="27375" windowHeight="15225" xr2:uid="{E6674A8E-71DF-499C-8A91-59FA5B511F19}"/>
+    <workbookView xWindow="28800" yWindow="2880" windowWidth="28830" windowHeight="13320" xr2:uid="{E6674A8E-71DF-499C-8A91-59FA5B511F19}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$C$118</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$C$110</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B115" i="1" l="1"/>
+  <c r="B107" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="136">
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>BayCurrent Consulting, Inc.</t>
   </si>
   <si>
     <t>Bouvet ASA</t>
   </si>
   <si>
     <t>CVS Group plc</t>
   </si>
   <si>
     <t>Dermapharm Holding SE</t>
   </si>
   <si>
     <t>Dino Polska SA</t>
   </si>
   <si>
     <t>JFrog Ltd.</t>
   </si>
   <si>
     <t>Melexis NV</t>
   </si>
   <si>
     <t>Neurones SA</t>
   </si>
   <si>
-    <t>Petershill Partners PLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Redcare Pharmacy N.V.</t>
   </si>
   <si>
     <t>Swedencare AB</t>
   </si>
   <si>
     <t>Thermador Groupe</t>
   </si>
   <si>
     <t>Virbac SA</t>
   </si>
   <si>
     <t>Weight (%)</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Holdings are released based on a 60- day lag from the most recent quarter end according to the Grandeur Peaks holdings policy. Portfolio holdings are subject to change at any time. References to specific securities should not be construed as recommendations by the Fund or its Advisor. Current and future holdings are subject to risk.</t>
   </si>
   <si>
     <t>Cash &amp; Cash Equivalents</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Diploma plc</t>
   </si>
   <si>
     <t>Richelieu Hardware, Ltd.</t>
   </si>
   <si>
     <t>Interpump Group SpA</t>
   </si>
   <si>
     <t>Mensch und Maschine Software S</t>
   </si>
   <si>
     <t>Atoss Software AG</t>
   </si>
   <si>
-    <t>Sinbon Electronics Co., Limited</t>
-[...1 lines deleted...]
-  <si>
     <t>LEENO Industrial Inc.</t>
   </si>
   <si>
     <t>Sporton International, Inc.</t>
   </si>
   <si>
     <t>Kitz Corp</t>
   </si>
   <si>
     <t>Selamat Sempurna Tbk PT</t>
   </si>
   <si>
     <t>Inter Cars SA</t>
   </si>
   <si>
     <t>Recordati SpA</t>
   </si>
   <si>
     <t>Sword Group</t>
   </si>
   <si>
     <t>Riverstone Holdings Ltd.</t>
   </si>
   <si>
     <t>Puregold Price Club Inc</t>
   </si>
   <si>
-    <t>Charm Care Corp KK</t>
-[...1 lines deleted...]
-  <si>
     <t>Sdiptech AB</t>
   </si>
   <si>
     <t>X-Fab Silicon Foundries S.E.</t>
   </si>
   <si>
     <t>Aritzia Inc</t>
   </si>
   <si>
     <t>JTC plc</t>
   </si>
   <si>
     <t>Vietnam Technological &amp; Comm Joint-stock Bank</t>
   </si>
   <si>
     <t>Regional SAB de cv</t>
   </si>
   <si>
     <t>Silergy Corp</t>
   </si>
   <si>
-    <t>FRP Advisory Group PLC</t>
-[...4 lines deleted...]
-  <si>
     <t>Volution Group PLC</t>
   </si>
   <si>
     <t>Visional Inc</t>
   </si>
   <si>
     <t>Motherson Sumi Wiring India Lt</t>
   </si>
   <si>
     <t>Softcat plc</t>
   </si>
   <si>
     <t>Patria Investments Limited</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Britain</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Mexico</t>
@@ -258,281 +243,268 @@
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
-    <t>Ireland</t>
-[...1 lines deleted...]
-  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Pinnacle Investment Management Group</t>
   </si>
   <si>
     <t>AB Dynamics PLC</t>
   </si>
   <si>
-    <t>Intermediate Capital Group PLC</t>
-[...1 lines deleted...]
-  <si>
     <t>ULS Group Inc</t>
   </si>
   <si>
     <t>Hennge KK</t>
   </si>
   <si>
     <t>Integral Corp</t>
   </si>
   <si>
     <t>Asia Commercial Bank JSC</t>
   </si>
   <si>
     <t>Centre Testing Int</t>
   </si>
   <si>
     <t>Elmos Semiconductor AG</t>
   </si>
   <si>
     <t>Indigo Paints Ltd</t>
   </si>
   <si>
     <t>Gulf Oil Lubricants India Ltd.</t>
   </si>
   <si>
-    <t>Insource Co Ltd</t>
-[...4 lines deleted...]
-  <si>
     <t>MarkLines Company Ltd.</t>
   </si>
   <si>
-    <t>iFast Corporation</t>
-[...4 lines deleted...]
-  <si>
     <t>Advanced Medical Solutions Gro</t>
   </si>
   <si>
     <t>Planisware SAS</t>
   </si>
   <si>
-    <t>Five-Star Business</t>
-[...1 lines deleted...]
-  <si>
     <t>SJS Enterprises Ltd</t>
   </si>
   <si>
     <t>Japan Elevator Service Holdings Company Ltd.</t>
   </si>
   <si>
     <t>Vimian Group AB</t>
   </si>
   <si>
     <t>Investors should consider the investment objectives, risks, and charges and expenses of the Fund(s) before investing. The prospectus contains this and other information about the Fund(s) and should be read carefully before investing. To obtain a prospectus, visit www.grandeurpeakglobal.com or call 1.855.377.PEAK(7325).</t>
   </si>
   <si>
     <t>Descartes Systems Group</t>
   </si>
   <si>
     <t>Swedish Logistic</t>
   </si>
   <si>
     <t>The Grandeur Peak International Opportunities Fund is distributed by Northern Lights Distributors, LLC, Member FINRA/SIPC. Investing involves risk, including loss of principal. The value of the fund's shares, when redeemed, may be worth more or less than their original cost. There is no guarantee that any investment strategy will achieve its objectives, generate profits or avoid losses. Past performance is no guarantee of future results.</t>
   </si>
   <si>
     <t>Vesta Real Estate Corporation</t>
   </si>
   <si>
     <t>MA Financial Group Ltd</t>
   </si>
   <si>
     <t>IPD Group Ltd/Australia</t>
   </si>
   <si>
     <t>Grupo Mateus SA</t>
   </si>
   <si>
     <t>Tatton Asset Mgmt</t>
   </si>
   <si>
     <t>Marex Group PLC</t>
   </si>
   <si>
-    <t>Schott Pharma AG &amp; Co</t>
-[...1 lines deleted...]
-  <si>
     <t>2G Energy AG</t>
   </si>
   <si>
     <t>Tokyo Seimitsu Company Limited</t>
   </si>
   <si>
     <t>Plus Alpha Consulting</t>
   </si>
   <si>
     <t>eWeLL Co Ltd</t>
   </si>
   <si>
     <t>Topicus.com, Inc.</t>
   </si>
   <si>
     <t>Kulicke &amp; Soffa Industries, Inc.</t>
   </si>
   <si>
     <t>Allfunds Group Plc</t>
   </si>
   <si>
-    <t>Beijer Ref AB</t>
-[...4 lines deleted...]
-  <si>
     <t>Ashtead Technology Holdings plc</t>
   </si>
   <si>
     <t>Hill &amp; Smith Holdings PLC</t>
   </si>
   <si>
     <t>Renew Holdings PLC</t>
   </si>
   <si>
     <t>DPC Dash LTD.</t>
   </si>
   <si>
-    <t>Proya Cosmetics Co Ltd</t>
-[...4 lines deleted...]
-  <si>
     <t>Cisarua Mountain Dairy PT TBK</t>
   </si>
   <si>
-    <t>ICON plc</t>
-[...4 lines deleted...]
-  <si>
     <t>Rakus Co Ltd</t>
   </si>
   <si>
     <t>Eurofins Scientific</t>
   </si>
   <si>
     <t>HPSP Co Ltd</t>
   </si>
   <si>
     <t>AddTech AB</t>
   </si>
   <si>
     <t>ASPEED Technology, Inc.</t>
   </si>
   <si>
+    <t>Qualitas Ltd</t>
+  </si>
+  <si>
+    <t>Elixirr International PLC</t>
+  </si>
+  <si>
+    <t>Pollen Street Group Ltd</t>
+  </si>
+  <si>
+    <t>Diasorin SPA</t>
+  </si>
+  <si>
+    <t>Kotobuki Spirits Co Ltd</t>
+  </si>
+  <si>
+    <t>Maruwa Co Ltd/Aichi</t>
+  </si>
+  <si>
+    <t>AZOOM Co Ltd</t>
+  </si>
+  <si>
+    <t>Philippine Seven Corp</t>
+  </si>
+  <si>
+    <t>S&amp;S Tech Corp</t>
+  </si>
+  <si>
+    <t>Voltronic Power Technology</t>
+  </si>
+  <si>
+    <t>Spinneys 1961 Holding PLC</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
     <t>Grandeur Peak International Opportunities Fund
-as of 7/31/25</t>
-[...41 lines deleted...]
-    <t>United Arab Emirates</t>
+as of 10/31/25</t>
+  </si>
+  <si>
+    <t>Games Workshop Group plc</t>
+  </si>
+  <si>
+    <t>Shawbrook Group plc</t>
+  </si>
+  <si>
+    <t>Anant Raj Ltd.</t>
+  </si>
+  <si>
+    <t>Rise Consulting Group Inc</t>
+  </si>
+  <si>
+    <t>baudroie inc</t>
+  </si>
+  <si>
+    <t>Next Generation Technology Group, Inc.</t>
+  </si>
+  <si>
+    <t>KANDENKO CO., LTD.</t>
+  </si>
+  <si>
+    <t>Totech Corp</t>
+  </si>
+  <si>
+    <t>Mani, Inc.</t>
+  </si>
+  <si>
+    <t>Insource Company Ltd.</t>
+  </si>
+  <si>
+    <t>iFAST Corp Ltd.</t>
+  </si>
+  <si>
+    <t>Asia Vital Components Company Ltd.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aktiv Grotesk Light"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aktiv Grotesk Light"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="3"/>
@@ -663,89 +635,90 @@
         <color theme="7"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="7"/>
       </top>
       <bottom style="thin">
         <color theme="7"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma" xfId="5" builtinId="3"/>
     <cellStyle name="Explanatory Text" xfId="4" builtinId="53"/>
     <cellStyle name="Heading 2" xfId="2" builtinId="17"/>
@@ -958,1336 +931,1288 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0130A8E3-B87F-4C5D-A0DC-80D9A58C2A76}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C485"/>
+  <dimension ref="A1:C477"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F116" sqref="F116"/>
+      <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.21875" style="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.109375" style="10" customWidth="1"/>
     <col min="3" max="3" width="18.44140625" style="5" customWidth="1"/>
     <col min="4" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="16" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="17"/>
+      <c r="A1" s="17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
     </row>
     <row r="2" spans="1:3" ht="21.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="18"/>
-[...1 lines deleted...]
-      <c r="C2" s="18"/>
+      <c r="A2" s="19"/>
+      <c r="B2" s="19"/>
+      <c r="C2" s="19"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="C3" s="6" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A4" t="s">
+      <c r="A4" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="B4" s="16">
+        <v>0.44120190584553437</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B5" s="16">
+        <v>1.1357209579118761</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B6" s="16">
+        <v>1.1556177883322416</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" s="16">
+        <v>1.5165935030993856</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="16">
+        <v>0.66479675676410921</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="16">
+        <v>1.7728296336524636</v>
+      </c>
+      <c r="C9" s="11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" s="16">
+        <v>0.63002564461200461</v>
+      </c>
+      <c r="C10" s="11" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="16">
+        <v>0.70611867356064528</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" s="16">
+        <v>0.36578749087866952</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" s="16">
+        <v>0.42427006901379966</v>
+      </c>
+      <c r="C13" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" s="16">
+        <v>0.51686529230604827</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" s="16">
+        <v>0.54181145616569071</v>
+      </c>
+      <c r="C15" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" s="16">
+        <v>0.58182178116268735</v>
+      </c>
+      <c r="C16" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" s="16">
+        <v>0.66174138872903854</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" s="16">
+        <v>0.95664579010435036</v>
+      </c>
+      <c r="C18" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B19" s="16">
+        <v>1.0108767636389597</v>
+      </c>
+      <c r="C19" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" s="16">
+        <v>1.025847811586045</v>
+      </c>
+      <c r="C20" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B21" s="16">
+        <v>1.0471344971007868</v>
+      </c>
+      <c r="C21" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" s="16">
+        <v>1.1750549115811006</v>
+      </c>
+      <c r="C22" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" s="16">
+        <v>1.2132415611812801</v>
+      </c>
+      <c r="C23" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="B24" s="16">
+        <v>1.5590349306350013</v>
+      </c>
+      <c r="C24" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B25" s="16">
+        <v>2.9968878020874978</v>
+      </c>
+      <c r="C25" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B26" s="16">
+        <v>3.0995332804512157</v>
+      </c>
+      <c r="C26" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27" s="16">
+        <v>3.3154565204128517</v>
+      </c>
+      <c r="C27" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B28" s="16">
+        <v>0.53204026187074582</v>
+      </c>
+      <c r="C28" s="11" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A29" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="B29" s="16">
+        <v>0.82919794423175819</v>
+      </c>
+      <c r="C29" s="11" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B30" s="16">
+        <v>1.0796986901163197</v>
+      </c>
+      <c r="C30" s="11" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B31" s="16">
+        <v>0.86416448297570625</v>
+      </c>
+      <c r="C31" s="11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="15" t="s">
         <v>74</v>
       </c>
-      <c r="B4" s="11">
-[...2 lines deleted...]
-      <c r="C4" s="12" t="s">
+      <c r="B32" s="16">
+        <v>1.3129813963391042</v>
+      </c>
+      <c r="C32" s="11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A33" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B33" s="16">
+        <v>2.0088643838314288</v>
+      </c>
+      <c r="C33" s="11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A34" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" s="16">
+        <v>0.32568030536826093</v>
+      </c>
+      <c r="C34" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B35" s="16">
+        <v>0.44235441270787101</v>
+      </c>
+      <c r="C35" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B36" s="16">
+        <v>0.73404043749138193</v>
+      </c>
+      <c r="C36" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="B37" s="16">
+        <v>2.179543891432107</v>
+      </c>
+      <c r="C37" s="11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B38" s="16">
+        <v>0.52356044268998014</v>
+      </c>
+      <c r="C38" s="11" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A39" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B39" s="16">
+        <v>0.5999387806869948</v>
+      </c>
+      <c r="C39" s="11" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A40" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B40" s="16">
+        <v>1.0812809829638399</v>
+      </c>
+      <c r="C40" s="11" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B41" s="16">
+        <v>1.3201643219188735</v>
+      </c>
+      <c r="C41" s="11" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B42" s="16">
+        <v>1.5848554589616199</v>
+      </c>
+      <c r="C42" s="11" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A43" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="B43" s="16">
+        <v>0.17649830095850047</v>
+      </c>
+      <c r="C43" s="11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A44" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B44" s="16">
+        <v>0.5274571339696954</v>
+      </c>
+      <c r="C44" s="11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A45" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B45" s="16">
+        <v>0.81402406114477721</v>
+      </c>
+      <c r="C45" s="11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A46" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B46" s="16">
+        <v>1.0275250092870876</v>
+      </c>
+      <c r="C46" s="11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A47" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B47" s="16">
+        <v>1.5292298457307654</v>
+      </c>
+      <c r="C47" s="11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A48" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B48" s="16">
+        <v>0.47920455941943213</v>
+      </c>
+      <c r="C48" s="11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A49" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B49" s="16">
+        <v>0.49086481047023667</v>
+      </c>
+      <c r="C49" s="11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A50" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B50" s="16">
+        <v>0.75888120071276832</v>
+      </c>
+      <c r="C50" s="11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A51" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B51" s="16">
+        <v>1.6575239306471801</v>
+      </c>
+      <c r="C51" s="11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A52" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="B52" s="16">
+        <v>2.4819847418365</v>
+      </c>
+      <c r="C52" s="11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A53" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B53" s="16">
+        <v>0.22648066693112048</v>
+      </c>
+      <c r="C53" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A54" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="B54" s="16">
+        <v>0.40787255372324721</v>
+      </c>
+      <c r="C54" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A55" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B55" s="16">
+        <v>0.48413098557951045</v>
+      </c>
+      <c r="C55" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A56" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B56" s="16">
+        <v>0.54760922105480248</v>
+      </c>
+      <c r="C56" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A57" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="B57" s="16">
+        <v>0.55890675664482181</v>
+      </c>
+      <c r="C57" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A58" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="B58" s="16">
+        <v>0.56597207203675048</v>
+      </c>
+      <c r="C58" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A59" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="B59" s="16">
+        <v>0.57710147007523394</v>
+      </c>
+      <c r="C59" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A60" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B60" s="16">
+        <v>0.65294619991643499</v>
+      </c>
+      <c r="C60" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A61" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B61" s="16">
+        <v>0.72557233997020754</v>
+      </c>
+      <c r="C61" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A62" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="B62" s="16">
+        <v>0.7408778221581197</v>
+      </c>
+      <c r="C62" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A63" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B63" s="16">
+        <v>0.78197887238458075</v>
+      </c>
+      <c r="C63" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A64" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B64" s="16">
+        <v>0.84635567003055956</v>
+      </c>
+      <c r="C64" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A65" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="B65" s="16">
+        <v>0.86389631567575875</v>
+      </c>
+      <c r="C65" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A66" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B66" s="16">
+        <v>0.86986473546477594</v>
+      </c>
+      <c r="C66" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A67" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B67" s="16">
+        <v>0.94439574565007944</v>
+      </c>
+      <c r="C67" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A68" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="B68" s="16">
+        <v>0.98914851308062024</v>
+      </c>
+      <c r="C68" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A69" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B69" s="16">
+        <v>1.0343306729044173</v>
+      </c>
+      <c r="C69" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A70" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B70" s="16">
+        <v>1.1824514304801177</v>
+      </c>
+      <c r="C70" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A71" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B71" s="16">
+        <v>1.3983938498483879</v>
+      </c>
+      <c r="C71" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A72" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="B72" s="16">
+        <v>1.544891077622329</v>
+      </c>
+      <c r="C72" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A73" s="15" t="s">
         <v>72</v>
       </c>
-    </row>
-[...40 lines deleted...]
-      <c r="C8" s="12" t="s">
+      <c r="B73" s="16">
+        <v>1.8870928018399076</v>
+      </c>
+      <c r="C73" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A74" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B74" s="16">
+        <v>2.3386284104434614</v>
+      </c>
+      <c r="C74" s="11" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A75" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B75" s="16">
+        <v>0.52705914693232236</v>
+      </c>
+      <c r="C75" s="11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A76" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="B76" s="16">
+        <v>1.2515238741194255</v>
+      </c>
+      <c r="C76" s="11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A77" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="B77" s="16">
+        <v>0.80657967982740775</v>
+      </c>
+      <c r="C77" s="11" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A78" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="B78" s="16">
+        <v>1.0415019547229976</v>
+      </c>
+      <c r="C78" s="11" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A79" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B79" s="16">
+        <v>0.46794377137572873</v>
+      </c>
+      <c r="C79" s="11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A80" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B80" s="16">
+        <v>0.62581440368363384</v>
+      </c>
+      <c r="C80" s="11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A81" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B81" s="16">
+        <v>1.2320921750593179</v>
+      </c>
+      <c r="C81" s="11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A82" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="B82" s="16">
+        <v>0.42221364959051166</v>
+      </c>
+      <c r="C82" s="11" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A83" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B83" s="16">
+        <v>0.42537745220161299</v>
+      </c>
+      <c r="C83" s="11" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A84" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B84" s="16">
+        <v>0.52856199570922313</v>
+      </c>
+      <c r="C84" s="11" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A85" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B85" s="16">
+        <v>0.48384536083761137</v>
+      </c>
+      <c r="C85" s="11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A86" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="B86" s="16">
+        <v>0.91322531494878678</v>
+      </c>
+      <c r="C86" s="11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A87" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="B87" s="16">
+        <v>0.52771507197944334</v>
+      </c>
+      <c r="C87" s="11" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A88" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B88" s="16">
+        <v>0.759563627616342</v>
+      </c>
+      <c r="C88" s="11" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A89" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B89" s="16">
+        <v>0.91725795124029952</v>
+      </c>
+      <c r="C89" s="11" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A90" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B90" s="16">
+        <v>0.60022213407547875</v>
+      </c>
+      <c r="C90" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A91" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B91" s="16">
+        <v>0.65797443108851483</v>
+      </c>
+      <c r="C91" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A92" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B92" s="16">
+        <v>0.97000485361288347</v>
+      </c>
+      <c r="C92" s="11" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A93" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B93" s="16">
+        <v>0.34794001572647631</v>
+      </c>
+      <c r="C93" s="11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A94" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B94" s="16">
+        <v>0.49609537249255509</v>
+      </c>
+      <c r="C94" s="11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A95" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B95" s="16">
+        <v>0.58479167005091659</v>
+      </c>
+      <c r="C95" s="11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A96" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B96" s="16">
+        <v>0.7614182983774509</v>
+      </c>
+      <c r="C96" s="11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A97" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B97" s="16">
+        <v>1.4183001387747616</v>
+      </c>
+      <c r="C97" s="11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A98" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="B98" s="16">
+        <v>0.62621328450267566</v>
+      </c>
+      <c r="C98" s="11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A99" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B99" s="16">
+        <v>0.72508906648204086</v>
+      </c>
+      <c r="C99" s="11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A100" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B100" s="16">
+        <v>0.94694367939251634</v>
+      </c>
+      <c r="C100" s="11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A101" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="B101" s="16">
+        <v>1.6169353248105971</v>
+      </c>
+      <c r="C101" s="11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A102" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B102" s="16">
+        <v>0.65057556293768015</v>
+      </c>
+      <c r="C102" s="11" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A103" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="B103" s="16">
+        <v>0.77022707841130145</v>
+      </c>
+      <c r="C103" s="11" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A104" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B104" s="16">
+        <v>0.47366143210775935</v>
+      </c>
+      <c r="C104" s="11" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C9" s="12" t="s">
+    <row r="105" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A105" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="B105" s="16">
+        <v>0.98568732306886941</v>
+      </c>
+      <c r="C105" s="11" t="s">
         <v>63</v>
-      </c>
-[...1054 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="106" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>26</v>
-[...6 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="B106" s="16">
+        <v>2.4</v>
+      </c>
+      <c r="C106" s="11"/>
     </row>
     <row r="107" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A107" t="s">
-[...40 lines deleted...]
-      </c>
+      <c r="A107" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B107" s="13">
+        <f>SUM(B4:B106)</f>
+        <v>100.00772927784864</v>
+      </c>
+      <c r="C107" s="14"/>
+    </row>
+    <row r="108" spans="1:3" ht="84.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="21" t="s">
+        <v>84</v>
+      </c>
+      <c r="B108" s="21"/>
+      <c r="C108" s="21"/>
+    </row>
+    <row r="109" spans="1:3" ht="84.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="22" t="s">
+        <v>87</v>
+      </c>
+      <c r="B109" s="22"/>
+      <c r="C109" s="22"/>
+    </row>
+    <row r="110" spans="1:3" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="B110" s="20"/>
+      <c r="C110" s="20"/>
     </row>
     <row r="111" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A111" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A111" s="2"/>
+      <c r="B111" s="9"/>
+      <c r="C111" s="3"/>
     </row>
     <row r="112" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A112" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A112" s="2"/>
+      <c r="B112" s="9"/>
+      <c r="C112" s="3"/>
     </row>
     <row r="113" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A113" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A113" s="2"/>
+      <c r="B113" s="9"/>
+      <c r="C113" s="3"/>
     </row>
     <row r="114" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A114" t="s">
-[...5 lines deleted...]
-      <c r="C114" s="12"/>
+      <c r="A114" s="2"/>
+      <c r="B114" s="9"/>
+      <c r="C114" s="3"/>
     </row>
     <row r="115" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A115" s="13" t="s">
-[...27 lines deleted...]
-      <c r="C118" s="19"/>
+      <c r="A115" s="2"/>
+      <c r="B115" s="9"/>
+      <c r="C115" s="3"/>
+    </row>
+    <row r="116" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A116" s="2"/>
+      <c r="B116" s="9"/>
+      <c r="C116" s="3"/>
+    </row>
+    <row r="117" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A117" s="2"/>
+      <c r="B117" s="9"/>
+      <c r="C117" s="3"/>
+    </row>
+    <row r="118" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A118" s="2"/>
+      <c r="B118" s="9"/>
+      <c r="C118" s="3"/>
     </row>
     <row r="119" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A119" s="2"/>
       <c r="B119" s="9"/>
       <c r="C119" s="3"/>
     </row>
     <row r="120" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A120" s="2"/>
       <c r="B120" s="9"/>
       <c r="C120" s="3"/>
     </row>
     <row r="121" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A121" s="2"/>
       <c r="B121" s="9"/>
       <c r="C121" s="3"/>
     </row>
     <row r="122" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A122" s="2"/>
       <c r="B122" s="9"/>
       <c r="C122" s="3"/>
     </row>
     <row r="123" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A123" s="2"/>
       <c r="B123" s="9"/>
       <c r="C123" s="3"/>
@@ -4040,100 +3965,60 @@
     <row r="473" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A473" s="2"/>
       <c r="B473" s="9"/>
       <c r="C473" s="3"/>
     </row>
     <row r="474" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A474" s="2"/>
       <c r="B474" s="9"/>
       <c r="C474" s="3"/>
     </row>
     <row r="475" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A475" s="2"/>
       <c r="B475" s="9"/>
       <c r="C475" s="3"/>
     </row>
     <row r="476" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A476" s="2"/>
       <c r="B476" s="9"/>
       <c r="C476" s="3"/>
     </row>
     <row r="477" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A477" s="2"/>
       <c r="B477" s="9"/>
       <c r="C477" s="3"/>
     </row>
-    <row r="478" spans="1:3" x14ac:dyDescent="0.25">
-[...38 lines deleted...]
-    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:C113">
-[...1 lines deleted...]
-    <sortCondition ref="A4:A113"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:C105">
+    <sortCondition ref="C4:C105"/>
+    <sortCondition ref="A4:A105"/>
   </sortState>
   <mergeCells count="4">
     <mergeCell ref="A1:C2"/>
-    <mergeCell ref="A118:C118"/>
-[...1 lines deleted...]
-    <mergeCell ref="A117:C117"/>
+    <mergeCell ref="A110:C110"/>
+    <mergeCell ref="A108:C108"/>
+    <mergeCell ref="A109:C109"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToHeight="0" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>